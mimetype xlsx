--- v0 (2025-10-23)
+++ v1 (2026-03-17)
@@ -518,51 +518,51 @@
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(03841)93190</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>yasosh@i.ua</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>https://yamplicei.e-schools.info/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Олуйко Марія Володимирівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:Y3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">