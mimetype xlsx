--- v0 (2025-10-27)
+++ v1 (2025-12-18)
@@ -507,51 +507,51 @@
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA68040390010084208</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Старокостянтинів</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконавчого комітету Старокостянтинівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(03854)31303</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>sk-school3@i.ua</t>
+          <t>starconschool3@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://znz3.освіта-стм.укр</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Михайлюк Василь Іванович</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -969,51 +969,51 @@
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконавчого комітету Старокостянтинівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(03854)32313, (03854)30838</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>sk-school8@i.ua</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
           <t>http://znz8.освіта-стм.укр</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Скрижевська Тетяна Михайлівна</t>
+          <t>Директор Чернега Наталія Володимирівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">