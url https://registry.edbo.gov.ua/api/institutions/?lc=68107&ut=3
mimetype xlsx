--- v0 (2025-12-07)
+++ v1 (2026-03-12)
@@ -432,51 +432,51 @@
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Гімназія №2 Шепетівської міської ради Хмельницької області</t>
+          <t>Гімназія №2 Шепетівської міської ради Хмельницької області імені Героя України Олексія МЕСЯ</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>142036</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Шепетівська гімназія №2</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>