--- v0 (2025-11-06)
+++ v1 (2026-01-10)
@@ -455,51 +455,51 @@
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Заклад дошкільної освіти №2 «Подоляночка» Славутської міської ради</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>173988</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>ЗДО № 2 "Подоляночка"</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>6810600000</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Славута, Хмельницька область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Покровська, 26</t>
@@ -568,51 +568,51 @@
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Заклад дошкільної освіти №3 «Росинка» Славутської міської ради</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>173989</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>ЗДО № 3 "Росинка"</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>6810600000</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Славута, Хмельницька область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Зарічна, 27</t>
@@ -681,51 +681,51 @@
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Заклад дошкільної освіти №4 «Сонечко» Славутської міської ради</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>173990</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>ЗДО № 4 "Сонечко"</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>6810600000</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Славута, Хмельницька область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця Козацька, 85</t>
@@ -794,51 +794,51 @@
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Заклад дошкільної освіти №5 "Квіткограй" Славутської міської ради</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>176824</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
           <t>ЗДО №5 "Квіткограй"</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>6810600000</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Славута, Хмельницька область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця Князів Сангушків, 64</t>
@@ -884,74 +884,74 @@
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти №6 «Золота рибка» Славутської міської ради</t>
+          <t>Заклад дошкільної освіти №6 «Калинка» Славутської міської ради</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
         <v>173991</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 6 "Золота рибка"</t>
+          <t>ЗДО № 6 "Калинка"</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>6810600000</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Славута, Хмельницька область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
           <t>вулиця Миру, 6</t>
@@ -997,74 +997,74 @@
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти №7 «Дюймовочка» Славутської міської ради</t>
+          <t>Заклад дошкільної освіти №7 «Усмішка» Славутської міської ради</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
         <v>173992</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 7 "Дюймовочка"</t>
+          <t>ЗДО № 7 "Усмішка"</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>6810600000</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Славута, Хмельницька область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>вулиця Садова, 1/14</t>
@@ -1110,74 +1110,74 @@
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти №9 «Теремок» Славутської міської ради</t>
+          <t>Заклад дошкільної освіти №9 «Віночок» Славутської міської ради</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
         <v>173993</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 9 "Теремок"</t>
+          <t>ЗДО № 9 "Віночок"</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>6810600000</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Славута, Хмельницька область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
           <t>вулиця Козацька, 39-</t>