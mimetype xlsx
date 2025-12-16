--- v0 (2025-10-28)
+++ v1 (2025-12-16)
@@ -517,51 +517,51 @@
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Кам'янець-Подільської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(03848)51646</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>school2kp@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>https://2kp.e-schools.info/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Мякотіна Олена Миколаївна</t>
+          <t>Директор Крик Назарій Васильович</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
@@ -1195,51 +1195,51 @@
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Кам'янець-Подільської міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(03849)51426</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>kp.nvk14@gmail.com</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
           <t>http://kpnvk14.pp.ua/</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Кирик Микола Михайлович</t>
+          <t>Директор Гордійчук Олександр Васильович</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
@@ -2428,51 +2428,51 @@
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
           <t>UA68020110010097898</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Кам’янець-Подільський</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Кам'янець-Подільської міської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
           <t>(03849)51410</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
-          <t>licey_radogost@ukr.net</t>
+          <t>kamlyceum@gmail.com</t>
         </is>
       </c>
       <c r="S20" s="4" t="inlineStr">
         <is>
           <t>http://lyceum.osvita-kp.gov.ua/</t>
         </is>
       </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
           <t>Директор Кузема Альона Леонідівна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>