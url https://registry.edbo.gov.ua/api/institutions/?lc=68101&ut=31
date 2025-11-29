--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -868,3511 +868,3511 @@
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Хмельниць заклад дошкільної освіти №34 "Тополька" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 1 "Капітошка" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>174049</v>
+        <v>174028</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 34 "Тополька"</t>
+          <t>ХЗДО № 1 "Капітошка"</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв АТО, 15/1</t>
+          <t>вулиця Козацька, 54/2</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(0382)647865</t>
+          <t>(0382)640851</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm34@ukr.net</t>
+          <t>dnzkhm1@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4"/>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Сас Ірина Вікторівна</t>
+          <t>Директор Барчук Наталія Володимирівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 1 "Капітошка" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 10 "Веселка" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>174028</v>
+        <v>174034</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 1 "Капітошка"</t>
+          <t>ХЗДО № 10 "Веселка"</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Козацька, 54/2</t>
+          <t>провулок Городній, 1</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(0382)640851</t>
+          <t>(0382)716685</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm1@ukr.net</t>
+          <t>dnzkhm10@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4"/>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Барчук Наталія Володимирівна</t>
+          <t>Директор Подялюк Жанна Миколаївна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 10 "Веселка" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 11 "Золота рибка" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>174034</v>
+        <v>174035</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 10 "Веселка"</t>
+          <t>ХЗДО № 11 "Золота рибка"</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>провулок Городній, 1</t>
+          <t>вулиця Ракетників, 7</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(0382)716685</t>
+          <t>(0382)647112</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm10@ukr.net</t>
+          <t>dnzkhm11@ukr.net</t>
         </is>
       </c>
       <c r="S9" s="4"/>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Подялюк Жанна Миколаївна</t>
+          <t>Директор Матвійчук Світлана Володимирівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 11 "Золота рибка" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 15 "Червона шапочка" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>174035</v>
+        <v>174036</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 11 "Золота рибка"</t>
+          <t>ХЗДО № 15 " Червона шапочка"</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ракетників, 7</t>
+          <t>вулиця Марії Трембовецької, 23</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(0382)647112</t>
+          <t>(0382)794532</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm11@ukr.net</t>
+          <t>dnzkhm15@ukr.net</t>
         </is>
       </c>
       <c r="S10" s="4"/>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Матвійчук Світлана Володимирівна</t>
+          <t>Директор Лижник Оксана Миколаївна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 15 "Червона шапочка" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 18 "Зірочка" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>174036</v>
+        <v>174037</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 15 " Червона шапочка"</t>
+          <t>ХЗДО № 18 "Зірочка"</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Марії Трембовецької, 23</t>
+          <t>вулиця Кам'янецька, 65/1</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(0382)794532</t>
+          <t>(0382)795407</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm15@ukr.net</t>
+          <t>dnzkhm18@ukr.net</t>
         </is>
       </c>
       <c r="S11" s="4"/>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Лижник Оксана Миколаївна</t>
+          <t>Директор Глазкова Оксана Олександрівна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 18 "Зірочка" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 20 "Білочка" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>174037</v>
+        <v>174038</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 18 "Зірочка"</t>
+          <t>ХЗДО № 20 "Білочка"</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кам'янецька, 65/1</t>
+          <t>вулиця Шевченка, 29</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(0382)795407</t>
+          <t>(0382)795370</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm18@ukr.net</t>
+          <t>dnzkhm20@ukr.net</t>
         </is>
       </c>
       <c r="S12" s="4"/>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Директор Глазкова Оксана Олександрівна</t>
+          <t>Директор Грона Інна Павлівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 20 "Білочка" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 21 "Ластівка" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>174038</v>
+        <v>174039</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 20 "Білочка"</t>
+          <t>ХЗДО № 21 "Ластівка"</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок) сімейного типу</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 29</t>
+          <t>вулиця Сковороди, 31</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(0382)795370</t>
+          <t>(0382)672572</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm20@ukr.net</t>
+          <t>dnzkhm@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4"/>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Грона Інна Павлівна</t>
+          <t>Директор Шевчук Тетяна Петрівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 21 "Ластівка" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 23 "Вогник" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>174039</v>
+        <v>174040</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 21 "Ластівка"</t>
+          <t>ХЗДО № 23 "Вогник"</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) сімейного типу</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сковороди, 31</t>
+          <t>вулиця Бажана, 2</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(0382)672572</t>
+          <t>(0382)794689</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm@ukr.net</t>
+          <t>dnzkhm23@ukr.net</t>
         </is>
       </c>
       <c r="S14" s="4"/>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Шевчук Тетяна Петрівна</t>
+          <t>Директор Юркова Інна Володимирівна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 23 "Вогник" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 24 "Барвінок" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>174040</v>
+        <v>174041</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 23 "Вогник"</t>
+          <t>ХЗДО № 24 "Барвінок"</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>вулиця Бажана, 2</t>
+          <t>вулиця Симона Петлюри, 54/1</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(0382)794689</t>
+          <t>(0382)640147</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm23@ukr.net</t>
+          <t>dnzkhm24@ukr.net</t>
         </is>
       </c>
       <c r="S15" s="4"/>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Директор Юркова Інна Володимирівна</t>
+          <t>Директор Матвєєва Олена Олександрівна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 24 "Барвінок" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 25 "Калинонька" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
-        <v>174041</v>
+        <v>174042</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 24 "Барвінок"</t>
+          <t>ХЗДО № 25 "Калинонька"</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>вулиця Симона Петлюри, 54/1</t>
+          <t>провулок 2-й Кам'янецький, 17</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(0382)640147</t>
+          <t>(0382)651122</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm24@ukr.net</t>
+          <t>dnzkhm25@ukr.net</t>
         </is>
       </c>
       <c r="S16" s="4"/>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Директор Матвєєва Олена Олександрівна</t>
+          <t>Директор Харченко Ірина Анатоліївна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 25 "Калинонька" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 26 "Кульбабка" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
-        <v>174042</v>
+        <v>174043</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 25 "Калинонька"</t>
+          <t>ХЗДО № 26 "Кульбабка"</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>провулок 2-й Кам'янецький, 17</t>
+          <t>вулиця Інститутська, 19/3</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
-          <t>(0382)651122</t>
+          <t>(0382)773080</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm25@ukr.net</t>
+          <t>dnzkhm26@ukr.net</t>
         </is>
       </c>
       <c r="S17" s="4"/>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>Директор Харченко Ірина Анатоліївна</t>
+          <t>Директор Паращук Катерина Леонідівна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 26 "Кульбабка" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 28 "Пролісок" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>174043</v>
+        <v>174044</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 26 "Кульбабка"</t>
+          <t>ХЗДО № 28 "Пролісок"</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Інститутська, 19/3</t>
+          <t>вулиця Інститутська, 14/4</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(0382)773080</t>
+          <t>(0382)726295</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm26@ukr.net</t>
+          <t>dnzkhm28@ukr.net</t>
         </is>
       </c>
       <c r="S18" s="4"/>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Паращук Катерина Леонідівна</t>
+          <t>Директор Гасюк Наталія Дмитрівна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 28 "Пролісок" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 3 "Світлячок" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
-        <v>174044</v>
+        <v>174029</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 28 "Пролісок"</t>
+          <t>ХЗДО № 3 "Світлячок"</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>вулиця Інститутська, 14/4</t>
+          <t>провулок Успенський, 5</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
-          <t>(0382)726295</t>
+          <t>(0382)792564</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm28@ukr.net</t>
+          <t>dnzkhm3@ukr.net</t>
         </is>
       </c>
       <c r="S19" s="4"/>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Директор Гасюк Наталія Дмитрівна</t>
+          <t>Директор Попик Ніла Іванівна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 3 "Світлячок" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 30 "Журавлик" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
-        <v>174029</v>
+        <v>174046</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 3 "Світлячок"</t>
+          <t>ХЗДО № 30 "Журавлик"</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
-          <t>провулок Успенський, 5</t>
+          <t>вулиця Володимирська, 40</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
-          <t>(0382)792564</t>
+          <t>(0382)762697</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm3@ukr.net</t>
+          <t>dnzkhm30@ukr.net</t>
         </is>
       </c>
       <c r="S20" s="4"/>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Попик Ніла Іванівна</t>
+          <t>Директор Собко Валентина Миколаївна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 30 "Журавлик" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 32 "Росинка" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
-        <v>174046</v>
+        <v>174047</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 30 "Журавлик"</t>
+          <t>ХЗДО № 32 "Росинка"</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>вулиця Володимирська, 40</t>
+          <t>вулиця Зарічанська, 12/1</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(0382)762697</t>
+          <t>(0382)630501</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm30@ukr.net</t>
+          <t>dnzkhm32@ukr.net</t>
         </is>
       </c>
       <c r="S21" s="4"/>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Директор Собко Валентина Миколаївна</t>
+          <t>Директор Богачук Валентина Анатоліївна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 32 "Росинка" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 33 "Джерельце" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
-        <v>174047</v>
+        <v>174048</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 32 "Росинка"</t>
+          <t>ХЗДО № 33 "Джерельце"</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Зарічанська, 12/1</t>
+          <t>вулиця Зарічанська, 6/4</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
-          <t>(0382)630501</t>
+          <t>(0382)635240</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm32@ukr.net</t>
+          <t>dnzkhm33@ukr.net</t>
         </is>
       </c>
       <c r="S22" s="4"/>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>Директор Богачук Валентина Анатоліївна</t>
+          <t>Директор Кирилова Ярослава Геннадіївна</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 33 "Джерельце" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 35 " Чебурашка" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
-        <v>174048</v>
+        <v>174050</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 33 "Джерельце"</t>
+          <t>ХЗДО №35 "Чебурашка"</t>
         </is>
       </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>вулиця Зарічанська, 6/4</t>
+          <t>вулиця Романа Шухевича, 9</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
-          <t>(0382)635240</t>
+          <t>(0382)715993</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm33@ukr.net</t>
+          <t>dnzkhm35@ukr.net</t>
         </is>
       </c>
       <c r="S23" s="4"/>
       <c r="T23" s="4" t="inlineStr">
         <is>
-          <t>Директор Кирилова Ярослава Геннадіївна</t>
+          <t>Директор Герасимчук Лариса Вікторівна</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 35 " Чебурашка" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 36 "Вербиченька" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
-        <v>174050</v>
+        <v>174051</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО №35 "Чебурашка"</t>
+          <t>ХЗДО № 36 "Вербиченька"</t>
         </is>
       </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
-          <t>вулиця Романа Шухевича, 9</t>
+          <t>вулиця Проспект Миру, 86/1</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
-          <t>(0382)715993</t>
+          <t>(0382)633538</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm35@ukr.net</t>
+          <t>dnzkhm36@ukr.net</t>
         </is>
       </c>
       <c r="S24" s="4"/>
       <c r="T24" s="4" t="inlineStr">
         <is>
-          <t>Директор Герасимчук Лариса Вікторівна</t>
+          <t>Директор Філіпчук Любов Олександрівна</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 36 "Вербиченька" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 37 "Незабудка" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B25" s="5" t="n">
-        <v>174051</v>
+        <v>174052</v>
       </c>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 36 "Вербиченька"</t>
+          <t>ХЗДО № 37 "Незабудка"</t>
         </is>
       </c>
       <c r="E25" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>вулиця Проспект Миру, 86/1</t>
+          <t>вулиця Перемоги, 15А</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
-          <t>(0382)633538</t>
+          <t>(0382)630165</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm36@ukr.net</t>
+          <t>dnzkhm37@ukr.net</t>
         </is>
       </c>
       <c r="S25" s="4"/>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>Директор Філіпчук Любов Олександрівна</t>
+          <t>Директор Слівінська Тетяна Олексіївна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 37 "Незабудка" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 38 "Світанок" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B26" s="5" t="n">
-        <v>174052</v>
+        <v>174053</v>
       </c>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 37 "Незабудка"</t>
+          <t>ХЗДО № 38 "Світанок"</t>
         </is>
       </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 15А</t>
+          <t>вулиця Свободи, 12 б</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
-          <t>(0382)630165</t>
+          <t>(0382)632104</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm37@ukr.net</t>
+          <t>dnzkhm38@urk.net</t>
         </is>
       </c>
       <c r="S26" s="4"/>
       <c r="T26" s="4" t="inlineStr">
         <is>
-          <t>Директор Слівінська Тетяна Олексіївна</t>
+          <t>Директор Белінська Анна Ігорівна</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 38 "Світанок" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 39 "Котигорошко" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
-        <v>174053</v>
+        <v>174054</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 38 "Світанок"</t>
+          <t>ХЗДО № 39</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K27" s="4" t="inlineStr">
         <is>
-          <t>вулиця Свободи, 12 б</t>
+          <t>вулиця Подільська, 7</t>
         </is>
       </c>
       <c r="L27" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M27" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
-          <t>(0382)632104</t>
+          <t>(0382)658243</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm38@urk.net</t>
+          <t>dnzkhm39@ukr.net</t>
         </is>
       </c>
       <c r="S27" s="4"/>
       <c r="T27" s="4" t="inlineStr">
         <is>
-          <t>Директор Белінська Анна Ігорівна</t>
+          <t>В.о. директора Руска Тетяна Леонідівна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 39 "Котигорошко" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 40 "Сонечко" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B28" s="5" t="n">
-        <v>174054</v>
+        <v>174055</v>
       </c>
       <c r="C28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 39</t>
+          <t>ХЗДО № 40 "Сонечко"</t>
         </is>
       </c>
       <c r="E28" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
-          <t>вулиця Подільська, 7</t>
+          <t>вулиця Тернопільська, 36/1</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
-          <t>(0382)658243</t>
+          <t>(0382)674114</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm39@ukr.net</t>
+          <t>dnzkhm40@ukr.net</t>
         </is>
       </c>
       <c r="S28" s="4"/>
       <c r="T28" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Руска Тетяна Леонідівна</t>
+          <t>Директор Молодовська Світлана Леонідівна</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 40 "Сонечко" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 43 "Горобинка" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
-        <v>174055</v>
+        <v>174056</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 40 "Сонечко"</t>
+          <t>ХЗДО № 43 "Горобинка"</t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G29" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H29" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I29" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J29" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K29" s="4" t="inlineStr">
         <is>
-          <t>вулиця Тернопільська, 36/1</t>
+          <t>вулиця Молодіжна, 5/2</t>
         </is>
       </c>
       <c r="L29" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M29" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
-          <t>(0382)674114</t>
+          <t>(0382)675486</t>
         </is>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm40@ukr.net</t>
+          <t>dnzkhm43@ukr.net</t>
         </is>
       </c>
       <c r="S29" s="4"/>
       <c r="T29" s="4" t="inlineStr">
         <is>
-          <t>Директор Молодовська Світлана Леонідівна</t>
+          <t>Директор Гаврилюк Світлана Василівна</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 43 "Горобинка" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 45 "Ялинка" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
-        <v>174056</v>
+        <v>174057</v>
       </c>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 43 "Горобинка"</t>
+          <t>ХЗДО № 45 "Ялинка"</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G30" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H30" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I30" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J30" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K30" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молодіжна, 5/2</t>
+          <t>вулиця Вайсера, 50</t>
         </is>
       </c>
       <c r="L30" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M30" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
-          <t>(0382)675486</t>
+          <t>(0382)657484</t>
         </is>
       </c>
       <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm43@ukr.net</t>
+          <t>dnzkhm45@ukr.net</t>
         </is>
       </c>
       <c r="S30" s="4"/>
       <c r="T30" s="4" t="inlineStr">
         <is>
-          <t>Директор Гаврилюк Світлана Василівна</t>
+          <t>Директор Коваленко Наталя Олександрівна</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 45 "Ялинка" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 46 "Подоляночка" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B31" s="5" t="n">
-        <v>174057</v>
+        <v>174058</v>
       </c>
       <c r="C31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 45 "Ялинка"</t>
+          <t>ХЗДО № 46 "Подоляночка"</t>
         </is>
       </c>
       <c r="E31" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G31" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H31" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I31" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J31" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K31" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вайсера, 50</t>
+          <t>вулиця Завадського, 8/1</t>
         </is>
       </c>
       <c r="L31" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M31" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P31" s="4" t="inlineStr">
         <is>
-          <t>(0382)657484</t>
+          <t>(0382)656406</t>
         </is>
       </c>
       <c r="Q31" s="4"/>
       <c r="R31" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm45@ukr.net</t>
+          <t>dnzkhm146@ukr.net</t>
         </is>
       </c>
       <c r="S31" s="4"/>
       <c r="T31" s="4" t="inlineStr">
         <is>
-          <t>Директор Коваленко Наталя Олександрівна</t>
+          <t>Директор Алєксєєва Валентина Григорівна</t>
         </is>
       </c>
       <c r="U31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 46 "Подоляночка" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 47 "Дзвіночок" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B32" s="5" t="n">
-        <v>174058</v>
+        <v>174059</v>
       </c>
       <c r="C32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 46 "Подоляночка"</t>
+          <t>ХЗДО № 47 "Дзвіночок"</t>
         </is>
       </c>
       <c r="E32" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G32" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H32" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I32" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J32" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K32" s="4" t="inlineStr">
         <is>
-          <t>вулиця Завадського, 8/1</t>
+          <t>вулиця С. Бандери, 20/2</t>
         </is>
       </c>
       <c r="L32" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M32" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
-          <t>(0382)656406</t>
+          <t>(0382)638021</t>
         </is>
       </c>
       <c r="Q32" s="4"/>
       <c r="R32" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm146@ukr.net</t>
+          <t>dnzkhm47@ukr.net</t>
         </is>
       </c>
       <c r="S32" s="4"/>
       <c r="T32" s="4" t="inlineStr">
         <is>
-          <t>Директор Алєксєєва Валентина Григорівна</t>
+          <t>Директор Левицька Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 47 "Дзвіночок" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 48 "Червона квіточка" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B33" s="5" t="n">
-        <v>174059</v>
+        <v>174060</v>
       </c>
       <c r="C33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 47 "Дзвіночок"</t>
+          <t>ХЗДО № 48 "Червона квіточка"</t>
         </is>
       </c>
       <c r="E33" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G33" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H33" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I33" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J33" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K33" s="4" t="inlineStr">
         <is>
-          <t>вулиця С. Бандери, 20/2</t>
+          <t>вулиця Гонгадзе, 16</t>
         </is>
       </c>
       <c r="L33" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M33" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P33" s="4" t="inlineStr">
         <is>
-          <t>(0382)638021</t>
+          <t>(0382)715993</t>
         </is>
       </c>
       <c r="Q33" s="4"/>
       <c r="R33" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm47@ukr.net</t>
+          <t>dnzkhm48@ukr.net</t>
         </is>
       </c>
       <c r="S33" s="4"/>
       <c r="T33" s="4" t="inlineStr">
         <is>
-          <t>Директор Левицька Наталія Миколаївна</t>
+          <t>Директор Юрчик Наталія Леонідівна</t>
         </is>
       </c>
       <c r="U33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 48 "Червона квіточка" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 49 "Дюймовочка" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B34" s="5" t="n">
-        <v>174060</v>
+        <v>174061</v>
       </c>
       <c r="C34" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 48 "Червона квіточка"</t>
+          <t>ХЗДО № 49 "Дюймовочка"</t>
         </is>
       </c>
       <c r="E34" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G34" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H34" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I34" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J34" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K34" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гонгадзе, 16</t>
+          <t>вулиця Паркова, 4/1</t>
         </is>
       </c>
       <c r="L34" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M34" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P34" s="4" t="inlineStr">
         <is>
-          <t>(0382)715993</t>
+          <t>(0382)652147</t>
         </is>
       </c>
       <c r="Q34" s="4"/>
       <c r="R34" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm48@ukr.net</t>
+          <t>dnzkhm49@ukr.net</t>
         </is>
       </c>
       <c r="S34" s="4"/>
       <c r="T34" s="4" t="inlineStr">
         <is>
-          <t>Директор Юрчик Наталія Леонідівна</t>
+          <t>Директор Шпулак Ганна Станіславівна</t>
         </is>
       </c>
       <c r="U34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 49 "Дюймовочка" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 5 "Соловейко" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B35" s="5" t="n">
-        <v>174061</v>
+        <v>174030</v>
       </c>
       <c r="C35" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 49 "Дюймовочка"</t>
+          <t>ХЗДО № 5 "Соловейко"</t>
         </is>
       </c>
       <c r="E35" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G35" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H35" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I35" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J35" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K35" s="4" t="inlineStr">
         <is>
-          <t>вулиця Паркова, 4/1</t>
+          <t>вулиця Перемоги, 9/1</t>
         </is>
       </c>
       <c r="L35" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M35" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P35" s="4" t="inlineStr">
         <is>
-          <t>(0382)652147</t>
+          <t>(0382)633594</t>
         </is>
       </c>
       <c r="Q35" s="4"/>
       <c r="R35" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm49@ukr.net</t>
+          <t>dnzkhm5@ukr.net</t>
         </is>
       </c>
       <c r="S35" s="4"/>
       <c r="T35" s="4" t="inlineStr">
         <is>
-          <t>Директор Шпулак Ганна Станіславівна</t>
+          <t>Директор Вознюк Леся Анатоліївна</t>
         </is>
       </c>
       <c r="U35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 5 "Соловейко" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 50 "Лелеченька" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B36" s="5" t="n">
-        <v>174030</v>
+        <v>174062</v>
       </c>
       <c r="C36" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 5 "Соловейко"</t>
+          <t>ХЗДО № 50 "Лелеченька"</t>
         </is>
       </c>
       <c r="E36" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G36" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H36" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I36" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J36" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K36" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 9/1</t>
+          <t>вулиця Пілотська, 125/1</t>
         </is>
       </c>
       <c r="L36" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M36" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P36" s="4" t="inlineStr">
         <is>
-          <t>(0382)633594</t>
+          <t>(0382)643285</t>
         </is>
       </c>
       <c r="Q36" s="4"/>
       <c r="R36" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm5@ukr.net</t>
+          <t>dnzkhm50@ukr.net</t>
         </is>
       </c>
       <c r="S36" s="4"/>
       <c r="T36" s="4" t="inlineStr">
         <is>
-          <t>Директор Вознюк Леся Анатоліївна</t>
+          <t>Директор Матвійчук Вікторія Станіславівна</t>
         </is>
       </c>
       <c r="U36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 50 "Лелеченька" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 52 "Золотий півник" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B37" s="5" t="n">
-        <v>174062</v>
+        <v>174063</v>
       </c>
       <c r="C37" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 50 "Лелеченька"</t>
+          <t>ХЗДО № 52</t>
         </is>
       </c>
       <c r="E37" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G37" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H37" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I37" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J37" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K37" s="4" t="inlineStr">
         <is>
-          <t>вулиця Пілотська, 125/1</t>
+          <t>вулиця Героїв АТО, 8</t>
         </is>
       </c>
       <c r="L37" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M37" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P37" s="4" t="inlineStr">
         <is>
-          <t>(0382)643285</t>
+          <t>(0382)647599</t>
         </is>
       </c>
       <c r="Q37" s="4"/>
       <c r="R37" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm50@ukr.net</t>
+          <t>dnzkhm52@ukr.net</t>
         </is>
       </c>
       <c r="S37" s="4"/>
       <c r="T37" s="4" t="inlineStr">
         <is>
-          <t>Директор Матвійчук Вікторія Станіславівна</t>
+          <t>Директор Костюк Інна Вікторівна</t>
         </is>
       </c>
       <c r="U37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький заклад дошкільної освіти № 52 "Золотий півник" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький заклад дошкільної освіти № 53 "Веселка" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B38" s="5" t="n">
-        <v>174063</v>
+        <v>174064</v>
       </c>
       <c r="C38" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 52</t>
+          <t>ХЗДО № 53 "Веселка"</t>
         </is>
       </c>
       <c r="E38" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G38" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H38" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I38" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J38" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K38" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв АТО, 8</t>
+          <t>вулиця Вайсера, 68</t>
         </is>
       </c>
       <c r="L38" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M38" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N38" s="7"/>
       <c r="O38" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P38" s="4" t="inlineStr">
         <is>
-          <t>(0382)647599</t>
+          <t>(0382)703422</t>
         </is>
       </c>
       <c r="Q38" s="4"/>
       <c r="R38" s="4" t="inlineStr">
         <is>
-          <t>dnzkhm52@ukr.net</t>
+          <t>veselka53@ukr.net</t>
         </is>
       </c>
       <c r="S38" s="4"/>
       <c r="T38" s="4" t="inlineStr">
         <is>
-          <t>Директор Костюк Інна Вікторівна</t>
+          <t>Директор Камінська Інна Іванівна</t>
         </is>
       </c>
       <c r="U38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
@@ -5446,245 +5446,245 @@
       <c r="U48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="4" t="inlineStr">
         <is>
-          <t>Хмельницький приватний заклад дошкільної освіти "Мої обрії"</t>
+          <t>Хмельницький заклад дошкільної освіти №34 "Тополька" Хмельницької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B49" s="5" t="n">
-        <v>174071</v>
+        <v>174049</v>
       </c>
       <c r="C49" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
-          <t>ПЗДО " Мої обрії"</t>
+          <t>ХЗДО № 34 "Тополька"</t>
         </is>
       </c>
       <c r="E49" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (центр розвитку дитини)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G49" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H49" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I49" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J49" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K49" s="4" t="inlineStr">
         <is>
-          <t>вулиця Проспект Миру, 101 А</t>
+          <t>вулиця Героїв АТО, 15/1</t>
         </is>
       </c>
       <c r="L49" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M49" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N49" s="7"/>
       <c r="O49" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P49" s="4" t="inlineStr">
         <is>
-          <t>(096)5316561</t>
+          <t>(0382)647865</t>
         </is>
       </c>
       <c r="Q49" s="4"/>
       <c r="R49" s="4" t="inlineStr">
         <is>
-          <t>dnzmoiobrii@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>dnzkhm34@ukr.net</t>
+        </is>
+      </c>
+      <c r="S49" s="4"/>
       <c r="T49" s="4" t="inlineStr">
         <is>
-          <t>Директор Марущак Сніжана В'ячеславівна</t>
+          <t>Директор Сас Ірина Вікторівна</t>
         </is>
       </c>
       <c r="U49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="4" t="inlineStr">
         <is>
-          <t>Хмельницькицький заклад дошкільної освіти № 53 "Веселка" Хмельницької міської ради Хмельницької області</t>
+          <t>Хмельницький приватний заклад дошкільної освіти "Мої обрії"</t>
         </is>
       </c>
       <c r="B50" s="5" t="n">
-        <v>174064</v>
+        <v>174071</v>
       </c>
       <c r="C50" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
-          <t>ХЗДО № 53 "Веселка"</t>
+          <t>ПЗДО " Мої обрії"</t>
         </is>
       </c>
       <c r="E50" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (центр розвитку дитини)</t>
         </is>
       </c>
       <c r="G50" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H50" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I50" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J50" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K50" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вайсера, 68</t>
+          <t>вулиця Проспект Миру, 101 А</t>
         </is>
       </c>
       <c r="L50" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M50" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N50" s="7"/>
       <c r="O50" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P50" s="4" t="inlineStr">
         <is>
-          <t>(0382)703422</t>
+          <t>(096)5316561</t>
         </is>
       </c>
       <c r="Q50" s="4"/>
       <c r="R50" s="4" t="inlineStr">
         <is>
-          <t>veselka53@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S50" s="4"/>
+          <t>dnzmoiobrii@ukr.net</t>
+        </is>
+      </c>
+      <c r="S50" s="4" t="inlineStr">
+        <is>
+          <t>https://moiobrii.com.ua</t>
+        </is>
+      </c>
       <c r="T50" s="4" t="inlineStr">
         <is>
-          <t>Директор Камінська Інна Іванівна</t>
+          <t>Директор Марущак Сніжана В'ячеславівна</t>
         </is>
       </c>
       <c r="U50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y50" s="5"/>
     </row>
   </sheetData>