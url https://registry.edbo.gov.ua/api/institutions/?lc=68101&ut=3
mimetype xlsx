--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -646,51 +646,51 @@
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад загальної середньої освіти "Гімназія №19 імені академіка Михайла Павловського Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Гімназія №19 імені академіка Михайла Павловського Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>140240</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>Гімназія № 19 імені Михайла Павловського</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -755,51 +755,51 @@
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад загальної середньої освіти "Гімназія №20 імені Сергія Єфремова Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Гімназія №20 імені Сергія Єфремова Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>140476</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4"/>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
@@ -860,51 +860,51 @@
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад загальної середньої освіти "Гімназія №21 Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Гімназія №21 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
         <v>140241</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
           <t>Гімназія № 21</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -969,95 +969,95 @@
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад загальної середньої освіти "Гімназія №22 імені Олега Ольжича Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Гімназія №22 імені Олега Ольжича Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
         <v>140302</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4"/>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Зарічанська, 20/1</t>
+          <t>вулиця Зарічанська, 20</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(0382)630608</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
@@ -1074,51 +1074,51 @@
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад загальної середньої освіти "Гімназія №23 Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Гімназія №23 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
         <v>140349</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4"/>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
@@ -1183,51 +1183,51 @@
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад загальної середньої освіти "Гімназія №24 Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Гімназія №24 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
         <v>140350</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4"/>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
@@ -1288,51 +1288,51 @@
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад загальної середньої освіти "Гімназія №25 імені Вадима Ангела Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Гімназія №25 імені Вадима Ангела Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
         <v>140514</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4"/>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
@@ -1397,51 +1397,51 @@
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад загальної середньої освіти "Гімназія №26 Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Гімназія №26 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
         <v>140034</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4"/>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
@@ -1506,51 +1506,51 @@
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад загальної середньої освіти "Гімназія №27 імені Дмитра Іваха Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Гімназія №27 імені Дмитра Іваха Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
         <v>140454</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>СЗОШ № 27 м. Хмельницького</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -1615,51 +1615,51 @@
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад загальної середньої освіти "Гімназія №28 імені В'ячеслава Чорновола Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Гімназія №28 імені В'ячеслава Чорновола Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
         <v>140449</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4"/>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
@@ -1720,51 +1720,51 @@
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад загальної середньої освіти "Гімназія №29 Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Гімназія №29 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
         <v>140455</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4"/>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
@@ -1829,51 +1829,51 @@
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад загальної середньої освіти "Гімназія №30 Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Гімназія №30 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
         <v>139998</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>Гімназія № 30</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -1904,89 +1904,89 @@
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
           <t>(0382)65-62-03</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>khmschool7@ukr.net</t>
+          <t>khmgym30@ukr.net</t>
         </is>
       </c>
       <c r="S16" s="4" t="inlineStr">
         <is>
           <t>https://school7.km.ua</t>
         </is>
       </c>
       <c r="T16" s="4" t="inlineStr">
         <is>
           <t>Директор Смертюк Алла Василівна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад загальної середньої освіти "Гімназія №31 імені Михайла Чекмана Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Гімназія №31 імені Михайла Чекмана Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
         <v>140530</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4"/>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
@@ -2047,1835 +2047,1835 @@
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Ліцей № 13 Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Ліцей №10 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>140448</v>
+        <v>140050</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>КЗЗСО "Ліцей №13 ХМР"</t>
+          <t>Ліцей №10</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Панаса Мирного, 27/1</t>
+          <t>вулиця Водопровідна, 9а</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(0382)771456, (0382)770881</t>
+          <t>(0382)764890, (0382)703312</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>biblio28@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>nvk-10@ukr.net</t>
+        </is>
+      </c>
+      <c r="S18" s="4"/>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Топольніцький Володимир Володимирович</t>
+          <t>Директор Грищук Віктор Дмитрович</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Ліцей № 9 Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Ліцей №11 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
-        <v>140475</v>
+        <v>140033</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №9 Хмельницької міської ради</t>
+          <t>Ліцей №11</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чорновола, 155</t>
+          <t>проспект Миру, 84/2</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
-          <t>(0382)647713</t>
+          <t>(0382)632732, (0382)632064</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
-          <t>nvk_9khm@ukr.net</t>
+          <t>liceum11khm@gmail.com</t>
         </is>
       </c>
       <c r="S19" s="4" t="inlineStr">
         <is>
-          <t>http://nvk-9.km.ua</t>
+          <t>http://gym2.km.ua</t>
         </is>
       </c>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Директор Томич Ірина Василівна</t>
+          <t>Директор Байдич Віктор Григорович</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Ліцей №10 Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Ліцей №13 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
-        <v>140050</v>
+        <v>140448</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №10</t>
+          <t>КЗЗСО "Ліцей №13 ХМР"</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
-          <t>вулиця Водопровідна, 9а</t>
+          <t>вулиця Панаса Мирного, 27/1</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
-          <t>(0382)764890, (0382)703312</t>
+          <t>(0382)771456, (0382)770881</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
-          <t>nvk-10@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S20" s="4"/>
+          <t>biblio28@ukr.net</t>
+        </is>
+      </c>
+      <c r="S20" s="4" t="inlineStr">
+        <is>
+          <t>nvo28.ucoz.ua</t>
+        </is>
+      </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Грищук Віктор Дмитрович</t>
+          <t>Директор Топольніцький Володимир Володимирович</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Ліцей №11 Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Ліцей №14 імені Івана Огієнка Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
-        <v>140033</v>
+        <v>140467</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №11</t>
+          <t>Ліцей №14 імені Івана Огієнка</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>проспект Миру, 84/2</t>
+          <t>вулиця Степана Бандери, 14/1</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(0382)632732, (0382)632064</t>
+          <t>(0382)631051</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
-          <t>gym2@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>shkola252007@ukr.net</t>
+        </is>
+      </c>
+      <c r="S21" s="4"/>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Директор Байдич Віктор Григорович</t>
+          <t>Директор Юрковський Павло Вікторович</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Ліцей №14 імені Івана Огієнка Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Ліцей №15 імені Олександра Співачука Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
-        <v>140467</v>
+        <v>140071</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №14 імені Івана Огієнка</t>
+          <t>Ліцей №15 імені Олександра Співачука</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Степана Бандери, 14/1</t>
+          <t>вулиця Проскурівського підпілля, 125/1</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
-          <t>(0382)631051</t>
+          <t>(0382)71-62-67</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
-          <t>shkola252007@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S22" s="4"/>
+          <t>khmschool15@ukr.net</t>
+        </is>
+      </c>
+      <c r="S22" s="4" t="inlineStr">
+        <is>
+          <t>http://www.school15.in.ua/</t>
+        </is>
+      </c>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>Директор Юрковський Павло Вікторович</t>
+          <t>Директор Кіящук Алла Йосипівна</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Ліцей №15 імені Олександра Співачука Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Ліцей №16 імені Володимира Козубняка Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
-        <v>140071</v>
+        <v>140167</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №15 імені Олександра Співачука</t>
+          <t>Ліцей №16 імені Володимира Козубняка</t>
         </is>
       </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>вулиця Проскурівського підпілля, 125/1</t>
+          <t>вулиця Грушевського, 72</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
-          <t>(0382)71-62-67</t>
+          <t>(0382)795716</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
         <is>
-          <t>khmschool15@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>kolegiumkm@ukr.net</t>
+        </is>
+      </c>
+      <c r="S23" s="4"/>
       <c r="T23" s="4" t="inlineStr">
         <is>
-          <t>Директор Кіящук Алла Йосипівна</t>
+          <t>Директор Віхтюк Оксана Василівна</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Ліцей №16 імені Володимира Козубняка Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Ліцей №17 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
-        <v>140167</v>
+        <v>140168</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №16 імені Володимира Козубняка</t>
+          <t>Ліцей №17 Хмельницької міської ради</t>
         </is>
       </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
-          <t>вулиця Грушевського, 72</t>
+          <t>вулиця Проскурівського підпілля, 89</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
-          <t>(0382)795716</t>
+          <t>(0382)656207</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
-          <t>kolegiumkm@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S24" s="4"/>
+          <t>khm_licey17@ukr.net</t>
+        </is>
+      </c>
+      <c r="S24" s="4" t="inlineStr">
+        <is>
+          <t>http://www.licey17.km.ua</t>
+        </is>
+      </c>
       <c r="T24" s="4" t="inlineStr">
         <is>
-          <t>Директор Віхтюк Оксана Василівна</t>
+          <t>Директор Пірог Вадим Валентинович</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Ліцей №17 Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Ліцей №18 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B25" s="5" t="n">
-        <v>140168</v>
+        <v>140529</v>
       </c>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №17 Хмельницької міської ради</t>
+          <t>Ліцей № 18</t>
         </is>
       </c>
       <c r="E25" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>вулиця Проскурівського підпілля, 89</t>
+          <t>вулиця Івана Павла ІІ, 1</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
-          <t>(0382)656207</t>
+          <t>(0382)71-65-14</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
-          <t>khm_licey17@ukr.net</t>
+          <t>khm-school20@ukr.net</t>
         </is>
       </c>
       <c r="S25" s="4" t="inlineStr">
         <is>
-          <t>http://www.licey17.km.ua</t>
+          <t>https://school20km.e-schools.info</t>
         </is>
       </c>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>Директор Пірог Вадим Валентинович</t>
+          <t>Директор Демиденко Жанна Петрівна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Ліцей №18 Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Ліцей №2 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B26" s="5" t="n">
-        <v>140529</v>
+        <v>139997</v>
       </c>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 18</t>
+          <t>Ліцей №2 ХМР</t>
         </is>
       </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
-          <t>вулиця Івана Павла ІІ, 1</t>
+          <t>вулиця Івана Франка, 57</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
-          <t>(0382)71-65-14</t>
+          <t>(0382)794671</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
-          <t>khm-school20@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>hmnvk2@ukr.net</t>
+        </is>
+      </c>
+      <c r="S26" s="4"/>
       <c r="T26" s="4" t="inlineStr">
         <is>
-          <t>Директор Демиденко Жанна Петрівна</t>
+          <t>Директор Васількова Людмила Михайлівна</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Ліцей №2 Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Ліцей №3 імені Артема Мазура Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
-        <v>139997</v>
+        <v>140070</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №2 ХМР</t>
+          <t>Ліцей №3 імені Артема Мазура</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K27" s="4" t="inlineStr">
         <is>
-          <t>вулиця Івана Франка, 57</t>
+          <t>вулиця Тернопільська, 14/1</t>
         </is>
       </c>
       <c r="L27" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M27" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
-          <t>(0382)794671</t>
+          <t>(0382)671873, (0382)674323</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
-          <t>hmnvk2@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S27" s="4"/>
+          <t>tbl@ua.fm</t>
+        </is>
+      </c>
+      <c r="S27" s="4" t="inlineStr">
+        <is>
+          <t>http://tbl.km.ua</t>
+        </is>
+      </c>
       <c r="T27" s="4" t="inlineStr">
         <is>
-          <t>Директор Васількова Людмила Михайлівна</t>
+          <t>Директор Кенц Олена Дем'янівна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Ліцей №3 імені Артема Мазура Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Ліцей №4 імені Павла Жука Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B28" s="5" t="n">
-        <v>140070</v>
+        <v>141080</v>
       </c>
       <c r="C28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №3 імені Артема Мазура</t>
+          <t>Ліцей №4 імені Павла Жука</t>
         </is>
       </c>
       <c r="E28" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
-          <t>вулиця Тернопільська, 14/1</t>
+          <t>вулиця Перемоги, 9</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
-          <t>(0382)671873, (0382)674323</t>
+          <t>(0382)631233</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
-          <t>tbl@ua.fm</t>
-[...6 lines deleted...]
-      </c>
+          <t>nvk4chm@ukr.net</t>
+        </is>
+      </c>
+      <c r="S28" s="4"/>
       <c r="T28" s="4" t="inlineStr">
         <is>
-          <t>Директор Кенц Олена Дем'янівна</t>
+          <t>Директор Прус Олеся Віталіївна</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Ліцей №4 імені Павла Жука Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Ліцей №5 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
-        <v>141080</v>
+        <v>140515</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №4 імені Павла Жука</t>
+          <t>Ліцей №5 ХМР</t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G29" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H29" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I29" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J29" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K29" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 9</t>
+          <t>вулиця Староміська, 2</t>
         </is>
       </c>
       <c r="L29" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M29" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
-          <t>(0382)631233</t>
+          <t>(0382)76-25-26</t>
         </is>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
-          <t>nvk4chm@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S29" s="4"/>
+          <t>zow1@ukr.net</t>
+        </is>
+      </c>
+      <c r="S29" s="4" t="inlineStr">
+        <is>
+          <t>http://1school.km.ua</t>
+        </is>
+      </c>
       <c r="T29" s="4" t="inlineStr">
         <is>
-          <t>Директор Прус Олеся Віталіївна</t>
+          <t>Директор Броварська Олена Аркадіївна</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Ліцей №5 Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Ліцей №6 імені Назара Макаренка Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
-        <v>140515</v>
+        <v>139951</v>
       </c>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №5 ХМР</t>
+          <t>Ліцей №6 імені Назара Макаренка</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G30" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H30" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I30" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J30" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K30" s="4" t="inlineStr">
         <is>
-          <t>вулиця Староміська, 2</t>
+          <t>провулок Володимирський, 12</t>
         </is>
       </c>
       <c r="L30" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M30" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
-          <t>(0382)76-25-26</t>
+          <t>(0382)658078</t>
         </is>
       </c>
       <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">
         <is>
-          <t>zow1@ukr.net</t>
+          <t>szosh_6@ukr.net</t>
         </is>
       </c>
       <c r="S30" s="4" t="inlineStr">
         <is>
-          <t>http://1school.km.ua</t>
+          <t>http://szosh6.e-schools.info</t>
         </is>
       </c>
       <c r="T30" s="4" t="inlineStr">
         <is>
-          <t>Директор Броварська Олена Аркадіївна</t>
+          <t>Директор Ткач Сергій Анатолійович</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Ліцей №6 імені Назара Макаренка Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Ліцей №7 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B31" s="5" t="n">
-        <v>139951</v>
+        <v>140468</v>
       </c>
       <c r="C31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №6 імені Назара Макаренка</t>
+          <t>Ліцей № 7</t>
         </is>
       </c>
       <c r="E31" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G31" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H31" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I31" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J31" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K31" s="4" t="inlineStr">
         <is>
-          <t>провулок Володимирський, 12</t>
+          <t>вулиця Городня, 22-А</t>
         </is>
       </c>
       <c r="L31" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M31" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P31" s="4" t="inlineStr">
         <is>
-          <t>(0382)658078</t>
+          <t>(096)4508677</t>
         </is>
       </c>
       <c r="Q31" s="4"/>
       <c r="R31" s="4" t="inlineStr">
         <is>
-          <t>szosh_6@ukr.net</t>
+          <t>khmnvk7@ukr.net</t>
         </is>
       </c>
       <c r="S31" s="4" t="inlineStr">
         <is>
-          <t>http://szosh6.e-schools.info</t>
+          <t>http://blognvk7km.blogspot.com</t>
         </is>
       </c>
       <c r="T31" s="4" t="inlineStr">
         <is>
-          <t>Директор Ткач Сергій Анатолійович</t>
+          <t>В.о. директора Курманська Лариса Іванівна</t>
         </is>
       </c>
       <c r="U31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Ліцей №7 Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Ліцей №8 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B32" s="5" t="n">
-        <v>140468</v>
+        <v>140049</v>
       </c>
       <c r="C32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 7</t>
+          <t>Ліцей №8</t>
         </is>
       </c>
       <c r="E32" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G32" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H32" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I32" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J32" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K32" s="4" t="inlineStr">
         <is>
-          <t>вулиця Городня, 22-А</t>
+          <t>вулиця Я. Гальчевського, 34</t>
         </is>
       </c>
       <c r="L32" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M32" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
-          <t>(096)4508677</t>
+          <t>(0382)644270</t>
         </is>
       </c>
       <c r="Q32" s="4"/>
       <c r="R32" s="4" t="inlineStr">
         <is>
-          <t>khmnvk7@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>szsh_8@ukr.net</t>
+        </is>
+      </c>
+      <c r="S32" s="4"/>
       <c r="T32" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Курманська Лариса Іванівна</t>
+          <t>Директор Коріньовський Сергій Петрович</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Ліцей №8 Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Ліцей №9 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B33" s="5" t="n">
-        <v>140049</v>
+        <v>140475</v>
       </c>
       <c r="C33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №8</t>
+          <t>Ліцей №9 Хмельницької міської ради</t>
         </is>
       </c>
       <c r="E33" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G33" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H33" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I33" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J33" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K33" s="4" t="inlineStr">
         <is>
-          <t>вулиця Я. Гальчевського, 34</t>
+          <t>вулиця Чорновола, 155</t>
         </is>
       </c>
       <c r="L33" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M33" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P33" s="4" t="inlineStr">
         <is>
-          <t>(0382)644270</t>
+          <t>(0382)647713</t>
         </is>
       </c>
       <c r="Q33" s="4"/>
       <c r="R33" s="4" t="inlineStr">
         <is>
-          <t>szsh_8@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S33" s="4"/>
+          <t>nvk_9khm@ukr.net</t>
+        </is>
+      </c>
+      <c r="S33" s="4" t="inlineStr">
+        <is>
+          <t>http://nvk-9.km.ua</t>
+        </is>
+      </c>
       <c r="T33" s="4" t="inlineStr">
         <is>
-          <t>Директор Коріньовський Сергій Петрович</t>
+          <t>Директор Томич Ірина Василівна</t>
         </is>
       </c>
       <c r="U33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Початкова школа № 1 Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Початкова школа №1 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B34" s="5" t="n">
         <v>176529</v>
       </c>
       <c r="C34" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>Початкова школа № 1</t>
         </is>
       </c>
       <c r="E34" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
@@ -3940,51 +3940,51 @@
       <c r="U34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Початкова школа № 2 Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Початкова школа №2 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B35" s="5" t="n">
         <v>142446</v>
       </c>
       <c r="C35" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>Початкова школа № 2</t>
         </is>
       </c>
       <c r="E35" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
@@ -4049,51 +4049,51 @@
       <c r="U35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Початкова школа № 3 Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Початкова школа №3 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B36" s="5" t="n">
         <v>141088</v>
       </c>
       <c r="C36" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>Початкова школа № 3</t>
         </is>
       </c>
       <c r="E36" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
@@ -4158,51 +4158,51 @@
       <c r="U36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Початкова школа № 4 Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Початкова школа №4 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B37" s="5" t="n">
         <v>142447</v>
       </c>
       <c r="C37" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>Початкова школа № 4</t>
         </is>
       </c>
       <c r="E37" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
@@ -4271,51 +4271,51 @@
       <c r="U37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Початкова школа № 5 Хмельницької міської ради"</t>
+          <t>Комунальний заклад загальної середньої освіти "Початкова школа №5 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B38" s="5" t="n">
         <v>142384</v>
       </c>
       <c r="C38" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>Початкова школа № 5</t>
         </is>
       </c>
       <c r="E38" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
@@ -4384,51 +4384,51 @@
       <c r="U38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="4" t="inlineStr">
         <is>
-          <t>Приватна початкова школа "ХМЕЛЬНИЦЬКА КАТОЛИЦЬКА ШКОЛА БЛАЖЕННОЇ МАРЦЕЛІНИ ДАРОВСЬКОЇ"</t>
+          <t>Приватна початкова школа "Хмельницька католицька школа блаженної Марцеліни Даровської"</t>
         </is>
       </c>
       <c r="B39" s="5" t="n">
         <v>176836</v>
       </c>
       <c r="C39" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>Хмельницька католицька школа</t>
         </is>
       </c>
       <c r="E39" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
@@ -4493,51 +4493,51 @@
       <c r="U39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД ГІМНАЗІЯ "ПРОСТІР" М.ХМЕЛЬНИЦЬКИЙ</t>
+          <t>Приватний заклад гімназія "Простір" м. Хмельницький</t>
         </is>
       </c>
       <c r="B40" s="5" t="n">
         <v>176832</v>
       </c>
       <c r="C40" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>ГІМНАЗІЯ "ПРОСТІР"</t>
         </is>
       </c>
       <c r="E40" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -4677,51 +4677,51 @@
       </c>
       <c r="L41" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M41" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N41" s="7"/>
       <c r="O41" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P41" s="4" t="inlineStr">
         <is>
           <t>(097)2053782</t>
         </is>
       </c>
       <c r="Q41" s="4"/>
       <c r="R41" s="4" t="inlineStr">
         <is>
-          <t>schoolkazkoviysvit@gmail.com</t>
+          <t>gymnasium1svitznan@gmail.com</t>
         </is>
       </c>
       <c r="S41" s="4" t="inlineStr">
         <is>
           <t>www.kazkoviysvit.com.ua</t>
         </is>
       </c>
       <c r="T41" s="4" t="inlineStr">
         <is>
           <t>Директор Целенко Людмила Борисівна</t>
         </is>
       </c>
       <c r="U41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W41" s="6" t="inlineStr">
         <is>
           <t>ні</t>