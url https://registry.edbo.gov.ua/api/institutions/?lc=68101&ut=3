--- v1 (2025-12-20)
+++ v2 (2026-03-03)
@@ -537,51 +537,51 @@
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Гімназія №12 Хмельницької міської ради"</t>
+          <t>комунальний заклад загальної середньої освіти "Гімназія №12 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>140301</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Гімназія № 12</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -646,51 +646,51 @@
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Гімназія №19 імені академіка Михайла Павловського Хмельницької міської ради"</t>
+          <t>комунальний заклад загальної середньої освіти "Гімназія №19 імені академіка Михайла Павловського Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>140240</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>Гімназія № 19 імені Михайла Павловського</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -755,51 +755,51 @@
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Гімназія №20 імені Сергія Єфремова Хмельницької міської ради"</t>
+          <t>комунальний заклад загальної середньої освіти "Гімназія №20 імені Сергія Єфремова Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>140476</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4"/>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
@@ -860,51 +860,51 @@
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Гімназія №21 Хмельницької міської ради"</t>
+          <t>комунальний заклад загальної середньої освіти "Гімназія №21 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
         <v>140241</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
           <t>Гімназія № 21</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -969,51 +969,51 @@
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Гімназія №22 імені Олега Ольжича Хмельницької міської ради"</t>
+          <t>комунальний заклад загальної середньої освіти "Гімназія №22 імені Олега Ольжича Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
         <v>140302</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4"/>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
@@ -1074,51 +1074,51 @@
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Гімназія №23 Хмельницької міської ради"</t>
+          <t>комунальний заклад загальної середньої освіти "Гімназія №23 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
         <v>140349</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4"/>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
@@ -1183,51 +1183,51 @@
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Гімназія №24 Хмельницької міської ради"</t>
+          <t>комунальний заклад загальної середньої освіти "Гімназія №24 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
         <v>140350</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4"/>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
@@ -1288,95 +1288,95 @@
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Гімназія №25 імені Вадима Ангела Хмельницької міської ради"</t>
+          <t>комунальний заклад загальної середньої освіти "Гімназія №25 імені Вадима Ангела Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
         <v>140514</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4"/>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>6810100000</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Хмельницький, Хмельницька область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Спортивна (Щорса), 17</t>
+          <t>вулиця Спортивна, 17</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., м. Хмельницький</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
           <t>(0382)658213</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
@@ -1397,51 +1397,51 @@
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Гімназія №26 Хмельницької міської ради"</t>
+          <t>комунальний заклад загальної середньої освіти "Гімназія №26 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
         <v>140034</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4"/>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
@@ -1506,51 +1506,51 @@
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Гімназія №27 імені Дмитра Іваха Хмельницької міської ради"</t>
+          <t>комунальний заклад загальної середньої освіти "Гімназія №27 імені Дмитра Іваха Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
         <v>140454</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>СЗОШ № 27 м. Хмельницького</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -1615,51 +1615,51 @@
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Гімназія №28 імені В'ячеслава Чорновола Хмельницької міської ради"</t>
+          <t>комунальний заклад загальної середньої освіти "Гімназія №28 імені В'ячеслава Чорновола Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
         <v>140449</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4"/>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
@@ -1720,51 +1720,51 @@
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Гімназія №29 Хмельницької міської ради"</t>
+          <t>комунальний заклад загальної середньої освіти "Гімназія №29 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
         <v>140455</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4"/>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
@@ -1829,51 +1829,51 @@
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Гімназія №30 Хмельницької міської ради"</t>
+          <t>комунальний заклад загальної середньої освіти "Гімназія №30 Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
         <v>139998</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>Гімназія № 30</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -1942,51 +1942,51 @@
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти "Гімназія №31 імені Михайла Чекмана Хмельницької міської ради"</t>
+          <t>комунальний заклад загальної середньої освіти "Гімназія №31 імені Михайла Чекмана Хмельницької міської ради"</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
         <v>140530</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4"/>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>