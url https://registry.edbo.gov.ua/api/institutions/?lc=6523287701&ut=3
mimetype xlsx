--- v0 (2025-10-27)
+++ v1 (2026-02-14)
@@ -319,64 +319,64 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Опорний заклад "Вадимський заклад повної загальної середньої освіти" Мирненської селищної ради Каланчацького району Херсонської області</t>
+          <t>Опорний заклад "Вадимський заклад повної загальної середньої освіти" Мирненської селищної ради Скадовського району Херсонської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>146091</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>ОЗ "Вадимський ЗПЗСО"</t>
+          <t>Опорний заклад "ВЗПЗСО"</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6523287701</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>