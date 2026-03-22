--- v0 (2025-12-22)
+++ v1 (2026-03-22)
@@ -1974,64 +1974,64 @@
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Опорний заклад "Вадимський заклад повної загальної середньої освіти" Мирненської селищної ради Каланчацького району Херсонської області</t>
+          <t>Опорний заклад "Вадимський заклад повної загальної середньої освіти" Мирненської селищної ради Скадовського району Херсонської області</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
         <v>146091</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>ОЗ "Вадимський ЗПЗСО"</t>
+          <t>Опорний заклад "ВЗПЗСО"</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>6523287701</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>