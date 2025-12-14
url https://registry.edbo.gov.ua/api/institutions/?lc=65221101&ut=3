--- v0 (2025-10-24)
+++ v1 (2025-12-14)
@@ -319,721 +319,721 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Генічеська санаторна загальноосвітня школа-інтернат I-III ступенів Херсонської обласної ради</t>
+          <t>Генічеський заклад загальної середньої освіти Генічеської міської ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
-        <v>147002</v>
+        <v>148616</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Генічеська санаторна школа-інтернат</t>
+          <t>Генічеський ЗЗСО Генічеської МР</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>санаторна школа-інтернат</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6522110100</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Генічеськ, Генічеський район, Херсонська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гоголя, 86</t>
+          <t>вулиця Вокзальна, 15</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA65040010010040633</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., Генічеський р-н, м. Генічеськ</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти і науки Херсонської обласної державної адміністрації</t>
+          <t>Відділ освіти Генічеської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(05534)33707</t>
+          <t>(05534)33724</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>internat08@ukr.net</t>
+          <t>genzovsch@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>http://genicheskschool.org.ua</t>
+          <t>zaochnik.kl.com.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Косова Наталія Іванівна</t>
+          <t>Директор Толкунов Олександр Михайлович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Генічеський заклад загальної середньої освіти Генічеської міської ради</t>
+          <t>Генічеський ліцей №1 Генічеської міської ради</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
-        <v>148616</v>
+        <v>143190</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>Генічеський ЗЗСО Генічеської МР</t>
+          <t>Генічеський ліцей №1 Генічеської МР</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>6522110100</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Генічеськ, Генічеський район, Херсонська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вокзальна, 15</t>
+          <t>вулиця Дружби народів, 44</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA65040010010040633</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., Генічеський р-н, м. Генічеськ</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Генічеської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(05534)33724</t>
+          <t>(05534)32263</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>genzovsch@ukr.net</t>
+          <t>gen.school1@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
-          <t>zaochnik.kl.com.ua</t>
+          <t>http://genschool1.wixsite.com/thefirst</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Толкунов Олександр Михайлович</t>
+          <t>Директор Дзугань Оксана Анатоліївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Генічеський ліцей №1 Генічеської міської ради</t>
+          <t>Генічеський ліцей №3 Генічеської міської ради</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
-        <v>143190</v>
+        <v>143188</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>Генічеський ліцей №1 Генічеської МР</t>
+          <t>Генічеський ліцей №3</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>6522110100</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Генічеськ, Генічеський район, Херсонська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця Дружби народів, 44</t>
+          <t>вулиця Курасова, 1</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA65040010010040633</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., Генічеський р-н, м. Генічеськ</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Генічеської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(05534)32263</t>
+          <t>(05534)30243, (05534)30244</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
-          <t>gen.school1@ukr.net</t>
+          <t>genichesk_school3@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
-          <t>http://genschool1.wixsite.com/thefirst</t>
+          <t>http://genicheskschool3.wixsite.com/genicheskschool3</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Дзугань Оксана Анатоліївна</t>
+          <t>Директор Микитась Тетяна Дмитрівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Генічеський ліцей №3 Генічеської міської ради</t>
+          <t>Генічеський ліцей №4 Генічеської міської ради</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
-        <v>143188</v>
+        <v>134373</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>Генічеський ліцей №3</t>
+          <t>Генічеський ліцей №4</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>6522110100</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Генічеськ, Генічеський район, Херсонська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Курасова, 1</t>
+          <t>вулиця Лазурна, 5</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA65040010010040633</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., Генічеський р-н, м. Генічеськ</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Генічеської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(05534)30243, (05534)30244</t>
+          <t>(05534)32398</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>genichesk_school3@ukr.net</t>
+          <t>gzosh4@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
-          <t>http://genicheskschool3.wixsite.com/genicheskschool3</t>
+          <t>http://zaochnik.genich-osvita.gov.ua/</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Директор Микитась Тетяна Дмитрівна</t>
+          <t>Директор Семенов Анатолій Олександрович</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Генічеський ліцей №4 Генічеської міської ради</t>
+          <t>Генічеський ліцей Генічеської міської ради</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>134373</v>
+        <v>143189</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>Генічеський ліцей №4</t>
+          <t>Генічеський ліцей Генічеської МР</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>6522110100</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Генічеськ, Генічеський район, Херсонська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лазурна, 5</t>
+          <t>вулиця Гоголя, 26</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA65040010010040633</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., Генічеський р-н, м. Генічеськ</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Генічеської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(05534)32398</t>
+          <t>(05534)32218</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>gzosh4@ukr.net</t>
+          <t>gimnaziagenichesk@meta.ua</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
-          <t>http://zaochnik.genich-osvita.gov.ua/</t>
+          <t>https://gimnaziyagenichesk.wixsite.com/gimnaziya</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Семенов Анатолій Олександрович</t>
+          <t>Директор Федосова Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Генічеський ліцей Генічеської міської ради</t>
+          <t>Генічеський ліцей Херсонської обласної ради</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>143189</v>
+        <v>147002</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>Генічеський ліцей Генічеської МР</t>
+          <t>Генічеський ліцей ХОР</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>санаторна школа-інтернат</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>6522110100</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Генічеськ, Генічеський район, Херсонська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гоголя, 26</t>
+          <t>вулиця Гоголя, 86</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA65040010010040633</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., Генічеський р-н, м. Генічеськ</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Генічеської міської ради</t>
+          <t>Управління освіти і науки Херсонської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(05534)32218</t>
+          <t>(05534)33707</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>gimnaziagenichesk@meta.ua</t>
+          <t>internat08@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
-          <t>https://gimnaziyagenichesk.wixsite.com/gimnaziya</t>
+          <t>http://genicheskschool.org.ua</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Федосова Олена Анатоліївна</t>
+          <t>Директор Лопушинська Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:Y7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">