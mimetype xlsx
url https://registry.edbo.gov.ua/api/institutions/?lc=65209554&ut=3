--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -319,109 +319,109 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Білокриницький опорний заклад загальної середньої освіти I-III ступенів</t>
+          <t>Білокриницька опорна гімназія Великоолександрівської селищної ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>140724</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Білокриницький ОЗЗСО І-ІІІ ступенів</t>
+          <t>Білокриницька опорна гімназія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6520955400</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Біла Криниця, Великоолександрівський район, Херсонська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 48</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
-          <t>UA65020050020041069</t>
+          <t>UA65020050010075556</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
-          <t>Херсонська обл., Бериславський р-н, с-ще Біла Криниця</t>
+          <t>Херсонська обл., Бериславський р-н, с-ще Велика Олександрівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Великоолександрівської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(055)3231141</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>bkrinschool@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://bkrin52.ucoz.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">