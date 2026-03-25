--- v0 (2025-12-25)
+++ v1 (2026-03-25)
@@ -949,51 +949,51 @@
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., Бериславський р-н, с. Високе</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури та туризму, молоді та спорту Тягинської сільської ради Бериславського району Херсонської області</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(05546)56533</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>visokivskazosh@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4"/>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Кур'ян Наталя Олександрівна</t>
+          <t>Директор Косаревська Тетяна Петрівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">