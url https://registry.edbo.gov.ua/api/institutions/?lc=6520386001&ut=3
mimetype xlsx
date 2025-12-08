--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -397,58 +397,54 @@
           <t>UA65100150080051777</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., Херсонський р-н, с. Садове</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05547)46-2-49</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>sadove-kherson@ukr.net</t>
         </is>
       </c>
-      <c r="S2" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Акіншина Олена Анатоліївна</t>
+          <t>В.о. директора Кириченко Любов Людвигівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>