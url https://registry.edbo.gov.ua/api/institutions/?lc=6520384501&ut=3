--- v0 (2025-10-27)
+++ v1 (2025-12-20)
@@ -394,56 +394,56 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA65100070080040920</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., Херсонський р-н, с. Микільське</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Дар'ївська сільська рада</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05547)43521</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>mikilskazoch@ukr.net</t>
+          <t>mikilskyi_litsei@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>http://nic.at.ua</t>
+          <t>https://sites.google.com/view/miklicej</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Т.в.о. директора Саф'яник Ірина Сергіївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>