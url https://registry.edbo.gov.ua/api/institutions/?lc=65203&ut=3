--- v0 (2025-11-04)
+++ v1 (2026-01-05)
@@ -1617,56 +1617,56 @@
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA65100070080040920</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., Херсонський р-н, с. Микільське</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Дар'ївська сільська рада</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(05547)43521</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>mikilskazoch@ukr.net</t>
+          <t>mikilskyi_litsei@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
-          <t>http://nic.at.ua</t>
+          <t>https://sites.google.com/view/miklicej</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
           <t>Т.в.о. директора Саф'яник Ірина Сергіївна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -1881,64 +1881,64 @@
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Надеждівська гімназія Білозерської селищної ради Херсонського району Херсонської області</t>
+          <t>Надіївська гімназія Білозерської селищної ради Херсонського району Херсонської області</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
         <v>135319</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>Надеждівська гімназія</t>
+          <t>Надіївська гімназія</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
           <t>6520380701</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
@@ -2637,58 +2637,54 @@
           <t>UA65100150080051777</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., Херсонський р-н, с. Садове</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
           <t>(05547)46-2-49</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
           <t>sadove-kherson@ukr.net</t>
         </is>
       </c>
-      <c r="S22" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S22" s="4"/>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>Директор Акіншина Олена Анатоліївна</t>
+          <t>В.о. директора Кириченко Любов Людвигівна</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
@@ -3346,64 +3342,64 @@
       <c r="U28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>Чорнобаївська санаторна загальноосвітня школа-інтернат І-ІІІ ступенів Херсонської обласної ради</t>
+          <t>Чорнобаївський ліцей Херсонської обласної ради</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
         <v>149947</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>Чорнобаївська санаторна ЗО школа-інтернат</t>
+          <t>Чорнобаївський ліцей ХОР</t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>санаторна школа-інтернат</t>
         </is>
       </c>
       <c r="G29" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H29" s="6" t="inlineStr">
         <is>
           <t>6520387501</t>
         </is>
       </c>
       <c r="I29" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
@@ -3442,56 +3438,56 @@
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
           <t>sanschool@ukr.net</t>
         </is>
       </c>
       <c r="S29" s="4"/>
       <c r="T29" s="4" t="inlineStr">
         <is>
           <t>Директор Лисенко Ірина Миколаївна</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
           <t>Чорнобаївський ліцей Чорнобаївської сільської ради Херсонського району Херсонської області</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
         <v>135759</v>
       </c>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>Чорнобаївський ліцей</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>