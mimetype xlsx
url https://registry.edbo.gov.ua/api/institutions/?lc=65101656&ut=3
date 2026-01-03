--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -397,55 +397,51 @@
           <t>UA65100150030054487</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., Херсонський р-н, с-ще Зеленівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0552)365271</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>school38@ukr.net</t>
         </is>
       </c>
-      <c r="S2" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Дехканова Марія Богданівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>