--- v0 (2025-11-04)
+++ v1 (2026-01-06)
@@ -397,55 +397,51 @@
           <t>UA65100150020050619</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., Херсонський р-н, с-ще Антонівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(066)0436269</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>antonivskagimnaziya21ks@gmail.com</t>
         </is>
       </c>
-      <c r="S2" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>В.о. начальника Юрченко Анна Вікторівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -510,55 +506,51 @@
           <t>UA65100150020050619</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., Херсонський р-н, с-ще Антонівка</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(0552)314155</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>shkola18@meta.ua</t>
         </is>
       </c>
-      <c r="S3" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Довга Ганна Василівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>