--- v0 (2025-10-16)
+++ v1 (2025-12-15)
@@ -319,64 +319,64 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Навчально-виховний комплекс "Школа гуманітарної праці" Херсонської обласної ради</t>
+          <t>Ліцей "Школа гуманітарної праці" Херсонської обласної ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>150009</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>НВК "ШГП" ХОР</t>
+          <t>Ліцей "ШГП" ХОР</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>санаторна школа-інтернат</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6510136900</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
@@ -424,51 +424,51 @@
           <t>http://sgt.ks.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t> Кияновський Артем Олександрович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Приватний заклад "Заклад освіти І ступеня: Початкова школа "Перша"</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>150509</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>ПЗ "Перша"</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
@@ -736,55 +736,51 @@
           <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(0552)467404</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>gimnaziya_16@ukr.net</t>
         </is>
       </c>
-      <c r="S5" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S5" s="4"/>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t>Директор Головченко Крістіна Азерівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -851,51 +847,51 @@
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(0552)371581</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>znz44@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
-          <t>https://44school.ucoz.com</t>
+          <t>https://khersonska44.e-schools.info/</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Мальчикова Лариса Миколаївна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -1075,55 +1071,51 @@
           <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(0552)238995</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>school41k30@ukr.net</t>
         </is>
       </c>
-      <c r="S8" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S8" s="4"/>
       <c r="T8" s="4" t="inlineStr">
         <is>
           <t>Директор Поперечнюк Інна Вікторівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -1301,55 +1293,51 @@
           <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>(0552)460563,(0552)460068</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
           <t>school3486@ukr.net</t>
         </is>
       </c>
-      <c r="S10" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S10" s="4"/>
       <c r="T10" s="4" t="inlineStr">
         <is>
           <t>Директор Жулінська Ганна Миколаївна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -1414,55 +1402,51 @@
           <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
           <t>(0552)225794</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
           <t>khersonschool30@gmail.com</t>
         </is>
       </c>
-      <c r="S11" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S11" s="4"/>
       <c r="T11" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Войналович Оксана Віталіївна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -1527,55 +1511,51 @@
           <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
           <t>(0552)262308</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
           <t>specschool1@ukr.net</t>
         </is>
       </c>
-      <c r="S12" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S12" s="4"/>
       <c r="T12" s="4" t="inlineStr">
         <is>
           <t>Директор Петлюк Світлана Сергіївна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -1855,58 +1835,54 @@
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
           <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
           <t>(0552)225858</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>gimnazia.6@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>gimnazija.6kherson@gmail.com</t>
+        </is>
+      </c>
+      <c r="S15" s="4"/>
       <c r="T15" s="4" t="inlineStr">
         <is>
           <t>Директор Корж Світлана Сергіївна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -1971,55 +1947,51 @@
           <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
           <t>(0552)33-72-50,(0552)33-77-72,(0552)33-74-82</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
           <t>school_27kh@i.ua</t>
         </is>
       </c>
-      <c r="S16" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S16" s="4"/>
       <c r="T16" s="4" t="inlineStr">
         <is>
           <t>Директор Мітковська Ірина Анатоліївна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -2084,55 +2056,51 @@
           <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
           <t>(0552)494106</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
           <t>school31_@ukr.net</t>
         </is>
       </c>
-      <c r="S17" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S17" s="4"/>
       <c r="T17" s="4" t="inlineStr">
         <is>
           <t>Директор Новгородський Володимир Вікторович</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -2199,51 +2167,51 @@
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
           <t>(0552)494367,(0552)491096</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
           <t>nvk15.ks@gmail.com</t>
         </is>
       </c>
       <c r="S18" s="4" t="inlineStr">
         <is>
-          <t>http://school-15.ks.ua</t>
+          <t>https://gimnazia15.ks.ua/</t>
         </is>
       </c>
       <c r="T18" s="4" t="inlineStr">
         <is>
           <t>Директор Савун Тетяна Вікторівна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -2310,55 +2278,51 @@
           <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
           <t>(0552)337390</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
           <t>nvk33t@gmail.com</t>
         </is>
       </c>
-      <c r="S19" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S19" s="4"/>
       <c r="T19" s="4" t="inlineStr">
         <is>
           <t>Директор Щетина Тетяна Павлівна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>