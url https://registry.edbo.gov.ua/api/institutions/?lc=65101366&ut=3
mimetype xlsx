--- v0 (2025-11-03)
+++ v1 (2025-12-25)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0552)428325</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>chabad_kherson2@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://jewishkherson.com/uvochabad</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Левін Ігор Ілліч</t>
+          <t>Директор Вольф Хая Нісоновна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
@@ -619,55 +619,51 @@
           <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(0552)26-33-39</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>shcola_14@ukr.net</t>
         </is>
       </c>
-      <c r="S4" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S4" s="4"/>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Савченко Тетяна Сергіївна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -845,55 +841,51 @@
           <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(0552)273460</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>School3.ks@ukr.net</t>
         </is>
       </c>
-      <c r="S6" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S6" s="4"/>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>Директор Алієва Неллі Миколаївна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -965,51 +957,51 @@
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(0552)465212</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>school5.ks@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
           <t>http://school5ks.ucoz.ru</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Алієва Неллі Миколаївна</t>
+          <t>Директор Тютюн Михайло Володимирович</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
@@ -1073,51 +1065,51 @@
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(0552)26-94-88</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>school-46-kherson@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
-          <t>http://school-46.ks.ua</t>
+          <t>https://school-46.ks.ua/wp/</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
           <t>Директор Дробітько Антон Ігорович</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -1297,55 +1289,51 @@
           <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>(0552)29-14-60,(0552)29-21-83,(0552)29-51-80</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
           <t>school55kherson@ukr.net</t>
         </is>
       </c>
-      <c r="S10" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S10" s="4"/>
       <c r="T10" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Сергєєва Світлана Василівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -1410,55 +1398,51 @@
           <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
           <t>(0552)223371</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
           <t>khveselka25@ukr.net</t>
         </is>
       </c>
-      <c r="S11" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S11" s="4"/>
       <c r="T11" s="4" t="inlineStr">
         <is>
           <t>Директор Цуварєва Тетяна Борисівна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -1525,51 +1509,51 @@
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
           <t>(0552)291911</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
           <t>englishispan54@ukr.net</t>
         </is>
       </c>
       <c r="S12" s="4" t="inlineStr">
         <is>
-          <t>http://school54.com.ua</t>
+          <t>https://54.edu.ks.ua/</t>
         </is>
       </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Божкевич Світлана Петрівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -1745,55 +1729,51 @@
           <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
           <t>(0552)291715</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
           <t>kherson_nvk_11@ukr.net</t>
         </is>
       </c>
-      <c r="S14" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S14" s="4"/>
       <c r="T14" s="4" t="inlineStr">
         <is>
           <t>Директор Жулінська Ганна Миколаївна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -1968,51 +1948,51 @@
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
           <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
           <t>(0552)29-09-35</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>Lyceum51ks@gmail.com</t>
+          <t>lyceum51ks@gmail.com</t>
         </is>
       </c>
       <c r="S16" s="4" t="inlineStr">
         <is>
           <t>http://www.51.ks.ua</t>
         </is>
       </c>
       <c r="T16" s="4" t="inlineStr">
         <is>
           <t>Директор Осьмінін Павло Юхимович</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -2086,51 +2066,51 @@
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
           <t>(0552)275854</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
           <t>s_school57@ukr.net</t>
         </is>
       </c>
       <c r="S17" s="4" t="inlineStr">
         <is>
-          <t>http://sh57kherson.at.ua</t>
+          <t>http://school57.ks.ua/</t>
         </is>
       </c>
       <c r="T17" s="4" t="inlineStr">
         <is>
           <t>Директор Гаврилюк Олена Степанівна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -2197,55 +2177,51 @@
           <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
           <t>(0552)270003,(0552)271393</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
           <t>hersonnvk9@gmail.com</t>
         </is>
       </c>
-      <c r="S18" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S18" s="4"/>
       <c r="T18" s="4" t="inlineStr">
         <is>
           <t>Директор Мартинюк Людмила Володимирівна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -2307,51 +2283,51 @@
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
           <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
           <t>(0552)293074</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
-          <t>school8ks@i.ua</t>
+          <t>school8kh@proton.me</t>
         </is>
       </c>
       <c r="S19" s="4" t="inlineStr">
         <is>
           <t>http://school8.ks.sch.in.ua</t>
         </is>
       </c>
       <c r="T19" s="4" t="inlineStr">
         <is>
           <t>Директор Фокіна Ірина Олексіївна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -2423,55 +2399,51 @@
           <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
           <t>(0552)428067,(0552)428183,(0552)428212</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
           <t>irinyli2010@gmail.com</t>
         </is>
       </c>
-      <c r="S20" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S20" s="4"/>
       <c r="T20" s="4" t="inlineStr">
         <is>
           <t>Директор Завгородня Ірина Едуардівна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>