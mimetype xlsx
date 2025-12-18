--- v0 (2025-10-18)
+++ v1 (2025-12-18)
@@ -432,64 +432,64 @@
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Навчально-виховний комплекс "Школа гуманітарної праці" Херсонської обласної ради</t>
+          <t>Ліцей "Школа гуманітарної праці" Херсонської обласної ради</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>150009</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>НВК "ШГП" ХОР</t>
+          <t>Ліцей "ШГП" ХОР</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>санаторна школа-інтернат</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>6510136900</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
@@ -537,7021 +537,6893 @@
           <t>http://sgt.ks.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t> Кияновський Артем Олександрович</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Молодіжна загальноосвітня школа-сад І-ІІ ступенів №40 Херсонської міської ради</t>
+          <t>Недержавне навчально-виховне об'єднання "Дошкільний заклад - спеціалізована школа І-ІІІ ступенів "ХАБАД" з поглибленим вивченням івриту та англійської мови"</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
-        <v>140748</v>
+        <v>150384</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>Молодіжна школа-сад №40</t>
+          <t>Недержавне НВО "ХАБАД"</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
-          <t>6510136300</t>
+          <t>6510136600</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця Володимира Вернадського, 6</t>
+          <t>вулиця Стрітенська, 1-А</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010123057</t>
+          <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(0552)361136</t>
+          <t>(0552)428325</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
-          <t>shkolacad40@ukr.net</t>
+          <t>chabad_kherson2@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
-          <t>https://40sch-sad.jimdo.com</t>
+          <t>http://jewishkherson.com/uvochabad</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Васюніна Тетяна Павлівна</t>
+          <t>Директор Вольф Хая Нісоновна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Недержавне навчально-виховне об'єднання "Дошкільний заклад - спеціалізована школа І-ІІІ ступенів "ХАБАД" з поглибленим вивченням івриту та англійської мови"</t>
+          <t>Приватний заклад "Заклад освіти І ступеня: Початкова школа "Перша"</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
-        <v>150384</v>
+        <v>150509</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>Недержавне НВО "ХАБАД"</t>
+          <t>ПЗ "Перша"</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
-          <t>6510136600</t>
+          <t>6510136900</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Стрітенська, 1-А</t>
+          <t>вулиця Перекопська, 17-А</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010217771</t>
+          <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Херсонської міської ради</t>
+          <t>Управління освіти і науки Херсонської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(0552)428325</t>
+          <t>(095)3252229,(050)1667208</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>chabad_kherson2@ukr.net</t>
+          <t>1dakherson@gmail.com</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
-          <t>http://jewishkherson.com/uvochabad</t>
+          <t>http://1school.ks.ua</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Директор Левін Ігор Ілліч</t>
+          <t>Директор САМІНІНА Олена Вікторівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Приватний заклад "Заклад освіти І ступеня: Початкова школа "Перша"</t>
+          <t>Приватний заклад "Херсонський ліцей - заклад дошкільної освіти "ДієСлово"</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>150509</v>
+        <v>176631</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>ПЗ "Перша"</t>
+          <t>Ліцей "ДієСлово"</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
-          <t>6510136900</t>
+          <t>6510136600</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перекопська, 17-А</t>
+          <t>проспект Будівельників, 12-А</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010361097</t>
+          <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти і науки Херсонської обласної державної адміністрації</t>
+          <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(095)3252229,(050)1667208</t>
+          <t>(097)9521362</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>1dakherson@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>lyceumdieslovo@gmail.com</t>
+        </is>
+      </c>
+      <c r="S6" s="4"/>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор САМІНІНА Олена Вікторівна</t>
+          <t>Директор Мунтян Неллі Іванівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Приватний заклад "Херсонський ліцей - заклад дошкільної освіти "ДієСлово"</t>
+          <t>Херсонська гімназія № 28 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>176631</v>
+        <v>143517</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>Ліцей "ДієСлово"</t>
+          <t>Херсонська гімназія №28</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
-          <t>6510136600</t>
+          <t>6510136900</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>проспект Будівельників, 12-А</t>
+          <t>провулок Августа Вірлича, 1</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010217771</t>
+          <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(097)9521362</t>
+          <t>(0552)224285</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>lyceumdieslovo@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S7" s="4"/>
+          <t>school28ks@ukr.net</t>
+        </is>
+      </c>
+      <c r="S7" s="4" t="inlineStr">
+        <is>
+          <t>http://school-28-kherson.site</t>
+        </is>
+      </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Мунтян Неллі Іванівна</t>
+          <t>Директор Надточій Тетяна Валеріївна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Херсонська гімназія № 28 Херсонської міської ради</t>
+          <t>Херсонська гімназія №13 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>143517</v>
+        <v>138418</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>Херсонська гімназія №28</t>
+          <t>Херсонська гімназія №13</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
-          <t>6510136900</t>
+          <t>6510136300</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>провулок Августа Вірлича, 1</t>
+          <t>вулиця Церковна, 19</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010361097</t>
+          <t>UA65100150010123057</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(0552)224285</t>
+          <t>(0552)22-54-68</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>school28ks@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>hersonshcola13@ukr.net</t>
+        </is>
+      </c>
+      <c r="S8" s="4"/>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Надточій Тетяна Валеріївна</t>
+          <t>Директор Перегняк Ганна Євгенівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Херсонська гімназія №13 Херсонської міської ради</t>
+          <t>Херсонська гімназія №14 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>138418</v>
+        <v>143516</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>Херсонська гімназія №13</t>
+          <t>Херсонський ЗЗСО №14</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
-          <t>6510136300</t>
+          <t>6510136600</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Церковна, 19</t>
+          <t>вулиця Гетьмана Сагайдачного, 20</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010123057</t>
+          <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(0552)22-54-68</t>
+          <t>(0552)26-33-39</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>hersonshcola13@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>shcola_14@ukr.net</t>
+        </is>
+      </c>
+      <c r="S9" s="4"/>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Перегняк Ганна Євгенівна</t>
+          <t>Директор Савченко Тетяна Сергіївна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Херсонська гімназія №14 Херсонської міської ради</t>
+          <t>Херсонська гімназія №16 із вивченням мов національних меншин Херсонської міської ради</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>143516</v>
+        <v>143661</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ЗЗСО №14</t>
+          <t>Херсонський ЗЗСО №16</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
-          <t>6510136600</t>
+          <t>6510136900</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гетьмана Сагайдачного, 20</t>
+          <t>вулиця Європейська, 2</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010217771</t>
+          <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(0552)26-33-39</t>
+          <t>(0552)467404</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>shcola_14@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>gimnaziya_16@ukr.net</t>
+        </is>
+      </c>
+      <c r="S10" s="4"/>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Савченко Тетяна Сергіївна</t>
+          <t>Директор Головченко Крістіна Азерівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Херсонська гімназія №16 із вивченням мов національних меншин Херсонської міської ради</t>
+          <t>Херсонська гімназія №2 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>143661</v>
+        <v>141999</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ЗЗСО №16</t>
+          <t>Херсонський ЗЗСО №2</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
-          <t>6510136900</t>
+          <t>6510136600</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Європейська, 2</t>
+          <t>вулиця Білоруська, 1</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010361097</t>
+          <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(0552)467404</t>
+          <t>(0552)469538</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>gimnaziya_16@ukr.net</t>
+          <t>shkola2-ks@ukr.net</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
-          <t>http://znz16.ks.ua</t>
+          <t>http://school2ks.klasna.com</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Головченко Крістіна Азерівна</t>
+          <t>Директор Хоменко Віталій Анатолійович</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Херсонська гімназія №2 Херсонської міської ради</t>
+          <t>Херсонська гімназія №3 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>141999</v>
+        <v>138283</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ЗЗСО №2</t>
+          <t>Херсонська гімназія № 3</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>6510136600</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Білоруська, 1</t>
+          <t>вулиця Патона, 15</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(0552)469538</t>
+          <t>(0552)273460</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>shkola2-ks@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>School3.ks@ukr.net</t>
+        </is>
+      </c>
+      <c r="S12" s="4"/>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Директор Хоменко Віталій Анатолійович</t>
+          <t>Директор Алієва Неллі Миколаївна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Херсонська гімназія №3 Херсонської міської ради</t>
+          <t>Херсонська гімназія №5 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>138283</v>
+        <v>137910</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>Херсонська гімназія № 3</t>
+          <t>Херсонська гімназія №5</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>6510136600</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Патона, 15</t>
+          <t>вулиця Сухарна, 9/4</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(0552)273460</t>
+          <t>(0552)465212</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>School3.ks@ukr.net</t>
+          <t>school5.ks@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
-          <t>http://school3.ostrov.net.ua</t>
+          <t>http://school5ks.ucoz.ru</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Алієва Неллі Миколаївна</t>
+          <t>Директор Тютюн Михайло Володимирович</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Херсонська гімназія №5 Херсонської міської ради</t>
+          <t>Херсонська загальноосвітня школа I-III ступенів №35 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>137910</v>
+        <v>143538</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>Херсонська гімназія №5</t>
+          <t>Херсонський ЗЗСО №35</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
-          <t>6510136600</t>
+          <t>6510136300</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сухарна, 9/4</t>
+          <t>провулок Влада Ковальова, 80</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010217771</t>
+          <t>UA65100150010123057</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(0552)465212</t>
+          <t>(0552)223582</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
-      <c r="R14" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R14" s="4"/>
+      <c r="S14" s="4"/>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Алієва Неллі Миколаївна</t>
+          <t>В.о. директора Станченко Віолета Ігорівна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Херсонська загальноосвітня школа I-III ступенів №35 Херсонської міської ради</t>
+          <t>Херсонська загальноосвітня школа I-III ступенів №44 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>143538</v>
+        <v>143890</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ЗЗСО №35</t>
+          <t>Херсонський ЗЗСО №44</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
-          <t>6510136300</t>
+          <t>6510136900</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>провулок Влада Ковальова, 80</t>
+          <t>вулиця Академіка Тарле, 10</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010123057</t>
+          <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(0552)223582</t>
+          <t>(0552)371581</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>shkola35@meta.ua</t>
+          <t>znz44@ukr.net</t>
         </is>
       </c>
       <c r="S15" s="4" t="inlineStr">
         <is>
-          <t>http://khersonschool35.ucoz.ua</t>
+          <t>https://khersonska44.e-schools.info/</t>
         </is>
       </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Станченко Віолета Ігорівна</t>
+          <t>В.о. директора Мальчикова Лариса Миколаївна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Херсонська загальноосвітня школа I-III ступенів №44 Херсонської міської ради</t>
+          <t>Херсонська загальноосвітня школа І-ІІІ ступенів №32 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
-        <v>143890</v>
+        <v>150192</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ЗЗСО №44</t>
+          <t>Херсонський ЗЗСО №32</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
-          <t>6510136900</t>
+          <t>6510136300</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>вулиця Академіка Тарле, 10</t>
+          <t>вулиця Перекопська, 165</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010361097</t>
+          <t>UA65100150010123057</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(0552)371581</t>
+          <t>(0552)35-49-38,(0552)35-49-37</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>znz44@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>school.32@ukr.net</t>
+        </is>
+      </c>
+      <c r="S16" s="4"/>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Мальчикова Лариса Миколаївна</t>
+          <t>Директор Педченко Володимир Васильович</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Херсонська загальноосвітня школа І-ІІІ ступенів №32 Херсонської міської ради</t>
+          <t>Херсонська загальноосвітня школа І-ІІІ ступенів №36 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
-        <v>150192</v>
+        <v>137921</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ЗЗСО №32</t>
+          <t>Херсонський ЗЗСО №36</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>6510136300</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перекопська, 165</t>
+          <t>вулиця Перекопська, 173-А</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
           <t>UA65100150010123057</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
-          <t>(0552)35-49-38,(0552)35-49-37</t>
+          <t>(0552)312842</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
-          <t>school.32@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>khschool36@ukr.net</t>
+        </is>
+      </c>
+      <c r="S17" s="4"/>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>Директор Педченко Володимир Васильович</t>
+          <t>В.о. директора Сафонова Ірина Ярославівна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Херсонська загальноосвітня школа І-ІІІ ступенів №36 Херсонської міської ради</t>
+          <t>Херсонська загальноосвітня школа І-ІІІ ступенів №37 ім. В. Дробота Херсонської міської ради</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>137921</v>
+        <v>143660</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ЗЗСО №36</t>
+          <t>Херсонський ЗЗСО №37</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>6510136300</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перекопська, 173-А</t>
+          <t>шосе В.Чорновола, 32-А</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
           <t>UA65100150010123057</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(0552)312842</t>
+          <t>(0552)357823</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>khschool36@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>kherson.school37@gmail.com</t>
+        </is>
+      </c>
+      <c r="S18" s="4"/>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Сафонова Ірина Ярославівна</t>
+          <t>Директор Бунчук Олексій Анатолійович</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Херсонська загальноосвітня школа І-ІІІ ступенів №37 ім. В. Дробота Херсонської міської ради</t>
+          <t>Херсонська загальноосвітня школа І-ІІІ ступенів №39 "Школа-родина" Херсонської міської ради</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
-        <v>143660</v>
+        <v>142201</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ЗЗСО №37</t>
+          <t>Херсонський ЗЗСО №39</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
           <t>6510136300</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>шосе В.Чорновола, 32-А</t>
+          <t>вулиця 1 Текстильна, 1</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
           <t>UA65100150010123057</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
-          <t>(0552)357823</t>
+          <t>(0552)35-64-25</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
-          <t>school_37@online.ua</t>
+          <t>school_39@outlook.com</t>
         </is>
       </c>
       <c r="S19" s="4" t="inlineStr">
         <is>
-          <t>shcola37ucoz.ua</t>
+          <t>http://www.school39.org.ua</t>
         </is>
       </c>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Директор Бунчук Олексій Анатолійович</t>
+          <t>Директор Маренчук Ольга Миколаївна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>Херсонська загальноосвітня школа І-ІІІ ступенів №39 "Школа-родина" Херсонської міської ради</t>
+          <t>Херсонська загальноосвітня школа І-ІІІ ступенів №4 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
-        <v>142201</v>
+        <v>137905</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ЗЗСО №39</t>
+          <t>Херсонський ЗЗСО №4</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
-          <t>6510136300</t>
+          <t>6510136900</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
-          <t>вулиця 1 Текстильна, 1</t>
+          <t>вулиця Кости Хетагурова, 59</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010123057</t>
+          <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
-          <t>(0552)35-64-25</t>
+          <t>(0552)37-28-97,(0552)23-85-85</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
-          <t>school_39@outlook.com</t>
+          <t>school-4-kherson@ukr.net</t>
         </is>
       </c>
       <c r="S20" s="4" t="inlineStr">
         <is>
-          <t>http://www.school39.org.ua</t>
+          <t>http://school-4.ks.ua</t>
         </is>
       </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Маренчук Ольга Миколаївна</t>
+          <t>Директор Потук Олександра Іванівна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>Херсонська загальноосвітня школа І-ІІІ ступенів №4 Херсонської міської ради</t>
+          <t>Херсонська загальноосвітня школа І-ІІІ ступенів №41 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
-        <v>137905</v>
+        <v>143626</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ЗЗСО №4</t>
+          <t>Херсонський ЗЗСО №41</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
           <t>6510136900</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кости Хетагурова, 59</t>
+          <t>вулиця Каштанова, 30</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
           <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(0552)37-28-97,(0552)23-85-85</t>
+          <t>(0552)238995</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
-          <t>school-4-kherson@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>school41k30@ukr.net</t>
+        </is>
+      </c>
+      <c r="S21" s="4"/>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Директор Потук Олександра Іванівна</t>
+          <t>Директор Поперечнюк Інна Вікторівна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>Херсонська загальноосвітня школа І-ІІІ ступенів №41 Херсонської міської ради</t>
+          <t>Херсонська загальноосвітня школа І-ІІІ ступенів №45 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
-        <v>143626</v>
+        <v>143857</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ЗЗСО №41</t>
+          <t>Херсонський ЗЗСО №45</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
           <t>6510136900</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Каштанова, 30</t>
+          <t>вулиця Академіка Тарле, 12</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
           <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
-          <t>(0552)238995</t>
+          <t>(0552)331092</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
-          <t>school41k30@ukr.net</t>
+          <t>school_45_ks@ukr.net</t>
         </is>
       </c>
       <c r="S22" s="4" t="inlineStr">
         <is>
-          <t>http://school41.ks.ua</t>
+          <t>http://school-life.ks.ua</t>
         </is>
       </c>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>Директор Поперечнюк Інна Вікторівна</t>
+          <t>Директор Шабаєва Олена Михайлівна</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>Херсонська загальноосвітня школа І-ІІІ ступенів №45 Херсонської міської ради</t>
+          <t>Херсонська загальноосвітня школа І-ІІІ ступенів №46 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
-        <v>143857</v>
+        <v>143612</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ЗЗСО №45</t>
+          <t>Херсонський ЗЗСО №46</t>
         </is>
       </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
-          <t>6510136900</t>
+          <t>6510136600</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>вулиця Академіка Тарле, 12</t>
+          <t>вулиця Фрітаун, 82</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010361097</t>
+          <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
-          <t>(0552)331092</t>
+          <t>(0552)26-94-88</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
         <is>
-          <t>school_45_ks@ukr.net</t>
+          <t>school-46-kherson@ukr.net</t>
         </is>
       </c>
       <c r="S23" s="4" t="inlineStr">
         <is>
-          <t>http://school-life.ks.ua</t>
+          <t>https://school-46.ks.ua/wp/</t>
         </is>
       </c>
       <c r="T23" s="4" t="inlineStr">
         <is>
-          <t>Директор Шабаєва Олена Михайлівна</t>
+          <t>Директор Дробітько Антон Ігорович</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>Херсонська загальноосвітня школа І-ІІІ ступенів №46 Херсонської міської ради</t>
+          <t>Херсонська загальноосвітня школа І-ІІІ ступенів №47 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
-        <v>143612</v>
+        <v>141568</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ЗЗСО №46</t>
+          <t>Херсонський ЗЗСО №47</t>
         </is>
       </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
           <t>6510136600</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фрітаун, 82</t>
+          <t>вулиця Філатова, 30</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
           <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
-          <t>(0552)26-94-88</t>
+          <t>(0552)226167,(0552)226094</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
-          <t>school-46-kherson@ukr.net</t>
+          <t>eschool47@ukr.net</t>
         </is>
       </c>
       <c r="S24" s="4" t="inlineStr">
         <is>
-          <t>http://school-46.ks.ua</t>
+          <t>47.edu.ks.ua</t>
         </is>
       </c>
       <c r="T24" s="4" t="inlineStr">
         <is>
-          <t>Директор Дробітько Антон Ігорович</t>
+          <t>Директор Хамзаєва Вікторія Миколаївна</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="4" t="inlineStr">
         <is>
-          <t>Херсонська загальноосвітня школа І-ІІІ ступенів №47 Херсонської міської ради</t>
+          <t>Херсонська загальноосвітня школа І-ІІІ ступенів №50 імені Романа Набєгова Херсонської міської ради</t>
         </is>
       </c>
       <c r="B25" s="5" t="n">
-        <v>141568</v>
+        <v>134677</v>
       </c>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ЗЗСО №47</t>
+          <t>Херсонський ЗЗСО №50</t>
         </is>
       </c>
       <c r="E25" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
-          <t>6510136600</t>
+          <t>6510136300</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>вулиця Філатова, 30</t>
+          <t>вулиця Кримська, 135</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010217771</t>
+          <t>UA65100150010123057</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
-          <t>(0552)226167,(0552)226094</t>
+          <t>(0552)518898</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
-          <t>eschool47@ukr.net</t>
+          <t>school50rostok@ukr.net</t>
         </is>
       </c>
       <c r="S25" s="4" t="inlineStr">
         <is>
-          <t>47.edu.ks.ua</t>
+          <t>https://sites.google.com/view/school50kherson/</t>
         </is>
       </c>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>Директор Хамзаєва Вікторія Миколаївна</t>
+          <t>Директор Віннік Руслан Олегович</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4" t="inlineStr">
         <is>
-          <t>Херсонська загальноосвітня школа І-ІІІ ступенів №50 імені Романа Набєгова Херсонської міської ради</t>
+          <t>Херсонська загальноосвітня школа І-ІІІ ступенів №53 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B26" s="5" t="n">
-        <v>134677</v>
+        <v>142222</v>
       </c>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ЗЗСО №50</t>
+          <t>Херсоннський ЗЗСО №53</t>
         </is>
       </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
           <t>6510136300</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кримська, 135</t>
+          <t>вулиця Шовкуненка, 86-А</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
           <t>UA65100150010123057</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
-          <t>(0552)518898</t>
+          <t>(0552)517956</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
-          <t>school50rostok@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>school53ks@ukr.net</t>
+        </is>
+      </c>
+      <c r="S26" s="4"/>
       <c r="T26" s="4" t="inlineStr">
         <is>
-          <t>Директор Віннік Руслан Олегович</t>
+          <t>Директор Демчук Олександр Іванович</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
-          <t>Херсонська загальноосвітня школа І-ІІІ ступенів №53 Херсонської міської ради</t>
+          <t>Херсонська загальноосвітня школа І-ІІІ ступенів №55 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
-        <v>142222</v>
+        <v>143878</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>Херсоннський ЗЗСО №53</t>
+          <t>Херсонський ЗЗСО №55</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
-          <t>6510136300</t>
+          <t>6510136600</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K27" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шовкуненка, 86-А</t>
+          <t>вулиця Костя Гордієнка, 9-Б</t>
         </is>
       </c>
       <c r="L27" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010123057</t>
+          <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M27" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
-          <t>(0552)517956</t>
+          <t>(0552)29-14-60,(0552)29-21-83,(0552)29-51-80</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
-          <t>school53ks@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>school55kherson@ukr.net</t>
+        </is>
+      </c>
+      <c r="S27" s="4"/>
       <c r="T27" s="4" t="inlineStr">
         <is>
-          <t>Директор Демчук Олександр Іванович</t>
+          <t>В.о. директора Сергєєва Світлана Василівна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
-          <t>Херсонська загальноосвітня школа І-ІІІ ступенів №55 Херсонської міської ради</t>
+          <t>Херсонська загальноосвітня школа ІІ-ІІІ ступенів №34 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B28" s="5" t="n">
-        <v>143878</v>
+        <v>143747</v>
       </c>
       <c r="C28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ЗЗСО №55</t>
+          <t>Херсонський ЗЗСО №34</t>
         </is>
       </c>
       <c r="E28" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
-          <t>6510136600</t>
+          <t>6510136900</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
-          <t>вулиця Костя Гордієнка, 9-Б</t>
+          <t>вулиця Богородицька, 32</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010217771</t>
+          <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
-          <t>(0552)29-14-60,(0552)29-21-83,(0552)29-51-80</t>
+          <t>(0552)460563,(0552)460068</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
-          <t>school55kherson@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>school3486@ukr.net</t>
+        </is>
+      </c>
+      <c r="S28" s="4"/>
       <c r="T28" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Сергєєва Світлана Василівна</t>
+          <t>Директор Жулінська Ганна Миколаївна</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>Херсонська загальноосвітня школа ІІ-ІІІ ступенів №34 Херсонської міської ради</t>
+          <t>Херсонська початкова школа №25 "Веселка" Херсонської міської ради</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
-        <v>143747</v>
+        <v>141737</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ЗЗСО №34</t>
+          <t>Херсонський ЗЗСО № 25</t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G29" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H29" s="6" t="inlineStr">
         <is>
-          <t>6510136900</t>
+          <t>6510136600</t>
         </is>
       </c>
       <c r="I29" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J29" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K29" s="4" t="inlineStr">
         <is>
-          <t>вулиця Богородицька, 32</t>
+          <t>вулиця Ратушна, 15-а</t>
         </is>
       </c>
       <c r="L29" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010361097</t>
+          <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M29" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
-          <t>(0552)460563,(0552)460068</t>
+          <t>(0552)223371</t>
         </is>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
-          <t>school3486@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>khveselka25@ukr.net</t>
+        </is>
+      </c>
+      <c r="S29" s="4"/>
       <c r="T29" s="4" t="inlineStr">
         <is>
-          <t>Директор Жулінська Ганна Миколаївна</t>
+          <t>Директор Цуварєва Тетяна Борисівна</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
-          <t>Херсонська початкова школа №25 "Веселка" Херсонської міської ради</t>
+          <t>Херсонська початкова школа №7 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
-        <v>141737</v>
+        <v>150235</v>
       </c>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ЗЗСО № 25</t>
+          <t>Початкова школа № 7</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G30" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H30" s="6" t="inlineStr">
         <is>
-          <t>6510136600</t>
+          <t>6510136300</t>
         </is>
       </c>
       <c r="I30" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J30" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K30" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ратушна, 15-а</t>
+          <t>вулиця Перекопська, 171-А</t>
         </is>
       </c>
       <c r="L30" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010217771</t>
+          <t>UA65100150010123057</t>
         </is>
       </c>
       <c r="M30" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
-          <t>(0552)223371</t>
+          <t>(0552)354943</t>
         </is>
       </c>
       <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">
         <is>
-          <t>khveselka25@ukr.net</t>
+          <t>school7_kherson@ukr.net</t>
         </is>
       </c>
       <c r="S30" s="4" t="inlineStr">
         <is>
-          <t>http://25schoola.ucoz.net</t>
+          <t>https://school-7.ks.ua/</t>
         </is>
       </c>
       <c r="T30" s="4" t="inlineStr">
         <is>
-          <t>Директор Цуварєва Тетяна Борисівна</t>
+          <t>В.о. директора Курченко Валентина Михайлівна</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="4" t="inlineStr">
         <is>
-          <t>Херсонська початкова школа №7 Херсонської міської ради</t>
+          <t>Херсонська спеціалізована школа І-ІІІ ступенів №12 з поглибленим вивченням французької мови Херсонської міської ради</t>
         </is>
       </c>
       <c r="B31" s="5" t="n">
-        <v>150235</v>
+        <v>141736</v>
       </c>
       <c r="C31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа № 7</t>
+          <t>Херсонський ЗЗСО №12</t>
         </is>
       </c>
       <c r="E31" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G31" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H31" s="6" t="inlineStr">
         <is>
           <t>6510136300</t>
         </is>
       </c>
       <c r="I31" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J31" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K31" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перекопська, 171-А</t>
+          <t>вулиця Квіткова, 1</t>
         </is>
       </c>
       <c r="L31" s="6" t="inlineStr">
         <is>
           <t>UA65100150010123057</t>
         </is>
       </c>
       <c r="M31" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P31" s="4" t="inlineStr">
         <is>
-          <t>(0552)354943</t>
+          <t>(0552)359307,(0552)359313</t>
         </is>
       </c>
       <c r="Q31" s="4"/>
       <c r="R31" s="4" t="inlineStr">
         <is>
-          <t>school7_kherson@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>francecole12@meta.ua</t>
+        </is>
+      </c>
+      <c r="S31" s="4"/>
       <c r="T31" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Курченко Валентина Михайлівна</t>
+          <t>Директор Солоненко Олена Іванівна</t>
         </is>
       </c>
       <c r="U31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="4" t="inlineStr">
         <is>
-          <t>Херсонська спеціалізована школа І-ІІІ ступенів №12 з поглибленим вивченням французької мови Херсонської міської ради</t>
+          <t>Херсонська спеціалізована школа І-ІІІ ступенів №24 із поглибленим вивченням математики, фізики та англійської мови Херсонської міської ради</t>
         </is>
       </c>
       <c r="B32" s="5" t="n">
-        <v>141736</v>
+        <v>138289</v>
       </c>
       <c r="C32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ЗЗСО №12</t>
+          <t>Херсонський ЗЗСО №24</t>
         </is>
       </c>
       <c r="E32" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G32" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H32" s="6" t="inlineStr">
         <is>
-          <t>6510136300</t>
+          <t>6510100000</t>
         </is>
       </c>
       <c r="I32" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J32" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K32" s="4" t="inlineStr">
         <is>
-          <t>вулиця Квіткова, 1</t>
+          <t>вулиця Каштанова, 32</t>
         </is>
       </c>
       <c r="L32" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010123057</t>
+          <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M32" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
-          <t>(0552)359307,(0552)359313</t>
+          <t>(0552)23-87-68</t>
         </is>
       </c>
       <c r="Q32" s="4"/>
       <c r="R32" s="4" t="inlineStr">
         <is>
-          <t>francecole12@meta.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>school24ua@gmail.com</t>
+        </is>
+      </c>
+      <c r="S32" s="4"/>
       <c r="T32" s="4" t="inlineStr">
         <is>
-          <t>Директор Солоненко Олена Іванівна</t>
+          <t>Директор Степанова Марина Олегівна</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="4" t="inlineStr">
         <is>
-          <t>Херсонська спеціалізована школа І-ІІІ ступенів №24 із поглибленим вивченням математики, фізики та англійської мови Херсонської міської ради</t>
+          <t>Херсонська спеціалізована школа І-ІІІ ступенів №30 з поглибленим вивченням предметів природничо-математичного циклу та англійської мови Херсонської міської ради</t>
         </is>
       </c>
       <c r="B33" s="5" t="n">
-        <v>138289</v>
+        <v>138296</v>
       </c>
       <c r="C33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ЗЗСО №24</t>
+          <t>Херсонський ЗЗСО №30</t>
         </is>
       </c>
       <c r="E33" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G33" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H33" s="6" t="inlineStr">
         <is>
-          <t>6510100000</t>
+          <t>6510136900</t>
         </is>
       </c>
       <c r="I33" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J33" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K33" s="4" t="inlineStr">
         <is>
-          <t>вулиця Каштанова, 32</t>
+          <t>вулиця Молодіжна, 12</t>
         </is>
       </c>
       <c r="L33" s="6" t="inlineStr">
         <is>
           <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M33" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P33" s="4" t="inlineStr">
         <is>
-          <t>(0552)23-87-68</t>
+          <t>(0552)225794</t>
         </is>
       </c>
       <c r="Q33" s="4"/>
       <c r="R33" s="4" t="inlineStr">
         <is>
-          <t>school24ua@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>khersonschool30@gmail.com</t>
+        </is>
+      </c>
+      <c r="S33" s="4"/>
       <c r="T33" s="4" t="inlineStr">
         <is>
-          <t>Директор Степанова Марина Олегівна</t>
+          <t>В.о. директора Войналович Оксана Віталіївна</t>
         </is>
       </c>
       <c r="U33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="4" t="inlineStr">
         <is>
-          <t>Херсонська спеціалізована школа І-ІІІ ступенів №30 з поглибленим вивченням предметів природничо-математичного циклу та англійської мови Херсонської міської ради</t>
+          <t>Херсонська спеціалізована школа І-ІІІ ступенів №54 з поглибленим вивченням іспанської та інших іноземних мов Херсонської міської ради</t>
         </is>
       </c>
       <c r="B34" s="5" t="n">
-        <v>138296</v>
+        <v>143744</v>
       </c>
       <c r="C34" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ЗЗСО №30</t>
+          <t>Херсонський ЗЗСО №54</t>
         </is>
       </c>
       <c r="E34" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G34" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H34" s="6" t="inlineStr">
         <is>
-          <t>6510136900</t>
+          <t>6510136600</t>
         </is>
       </c>
       <c r="I34" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J34" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K34" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молодіжна, 12</t>
+          <t>вулиця Людвика Заменгофа, 6-А</t>
         </is>
       </c>
       <c r="L34" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010361097</t>
+          <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M34" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P34" s="4" t="inlineStr">
         <is>
-          <t>(0552)225794</t>
+          <t>(0552)291911</t>
         </is>
       </c>
       <c r="Q34" s="4"/>
       <c r="R34" s="4" t="inlineStr">
         <is>
-          <t>khersonschool30@gmail.com</t>
+          <t>englishispan54@ukr.net</t>
         </is>
       </c>
       <c r="S34" s="4" t="inlineStr">
         <is>
-          <t>http://30.ks.ua</t>
+          <t>https://54.edu.ks.ua/</t>
         </is>
       </c>
       <c r="T34" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Войналович Оксана Віталіївна</t>
+          <t>В.о. директора Божкевич Світлана Петрівна</t>
         </is>
       </c>
       <c r="U34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="4" t="inlineStr">
         <is>
-          <t>Херсонська спеціалізована школа І-ІІІ ступенів №54 з поглибленим вивченням іспанської та інших іноземних мов Херсонської міської ради</t>
+          <t>Херсонська спеціальна загальноосвітня школа №1 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B35" s="5" t="n">
-        <v>143744</v>
+        <v>148042</v>
       </c>
       <c r="C35" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ЗЗСО №54</t>
+          <t>Спеціальна школа №1</t>
         </is>
       </c>
       <c r="E35" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G35" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H35" s="6" t="inlineStr">
         <is>
-          <t>6510136600</t>
+          <t>6510136900</t>
         </is>
       </c>
       <c r="I35" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J35" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K35" s="4" t="inlineStr">
         <is>
-          <t>вулиця Людвика Заменгофа, 6-А</t>
+          <t>вулиця Ярослава Мудрого, 4</t>
         </is>
       </c>
       <c r="L35" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010217771</t>
+          <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M35" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P35" s="4" t="inlineStr">
         <is>
-          <t>(0552)291911</t>
+          <t>(0552)262308</t>
         </is>
       </c>
       <c r="Q35" s="4"/>
       <c r="R35" s="4" t="inlineStr">
         <is>
-          <t>englishispan54@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>specschool1@ukr.net</t>
+        </is>
+      </c>
+      <c r="S35" s="4"/>
       <c r="T35" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Божкевич Світлана Петрівна</t>
+          <t>Директор Петлюк Світлана Сергіївна</t>
         </is>
       </c>
       <c r="U35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="4" t="inlineStr">
         <is>
-          <t>Херсонська спеціальна загальноосвітня школа №1 Херсонської міської ради</t>
+          <t>Херсонська спеціальна школа Херсонської обласної ради</t>
         </is>
       </c>
       <c r="B36" s="5" t="n">
-        <v>148042</v>
+        <v>150008</v>
       </c>
       <c r="C36" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
-          <t>Спеціальна школа №1</t>
+          <t>Херсонська спеціальна школа</t>
         </is>
       </c>
       <c r="E36" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа</t>
+          <t>спеціальна школа-інтернат</t>
         </is>
       </c>
       <c r="G36" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H36" s="6" t="inlineStr">
         <is>
-          <t>6510136900</t>
+          <t>6510136600</t>
         </is>
       </c>
       <c r="I36" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J36" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K36" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ярослава Мудрого, 4</t>
+          <t>вулиця Михайлівська, 77</t>
         </is>
       </c>
       <c r="L36" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010361097</t>
+          <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M36" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Херсонської міської ради</t>
+          <t>Управління освіти і науки Херсонської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P36" s="4" t="inlineStr">
         <is>
-          <t>(0552)262308</t>
+          <t>(0552)495060, (0552)495440</t>
         </is>
       </c>
       <c r="Q36" s="4"/>
       <c r="R36" s="4" t="inlineStr">
         <is>
-          <t>specschool1@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>schoolgluhih@ukr.net</t>
+        </is>
+      </c>
+      <c r="S36" s="4"/>
       <c r="T36" s="4" t="inlineStr">
         <is>
-          <t>Директор Петлюк Світлана Сергіївна</t>
+          <t> Меренков Віктор Юрійович</t>
         </is>
       </c>
       <c r="U36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W36" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="X36" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="Y36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="4" t="inlineStr">
         <is>
-          <t>Херсонська спеціальна школа Херсонської обласної ради</t>
+          <t>Херсонське вище училище фізичної культури Херсонської обласної ради</t>
         </is>
       </c>
       <c r="B37" s="5" t="n">
-        <v>150008</v>
+        <v>147679</v>
       </c>
       <c r="C37" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
-          <t>Херсонська спеціальна школа</t>
+          <t>ХВУФК</t>
         </is>
       </c>
       <c r="E37" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа-інтернат</t>
+          <t>спеціалізована школа-інтернат</t>
         </is>
       </c>
       <c r="G37" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H37" s="6" t="inlineStr">
         <is>
-          <t>6510136600</t>
+          <t>6510136900</t>
         </is>
       </c>
       <c r="I37" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J37" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K37" s="4" t="inlineStr">
         <is>
-          <t>вулиця Михайлівська, 77</t>
+          <t>вулиця Петра Калнишевського, 2А</t>
         </is>
       </c>
       <c r="L37" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010217771</t>
+          <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M37" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Херсонської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P37" s="4" t="inlineStr">
         <is>
-          <t>(0552)495060, (0552)495440</t>
+          <t>(0552)422808</t>
         </is>
       </c>
       <c r="Q37" s="4"/>
       <c r="R37" s="4" t="inlineStr">
         <is>
-          <t>schoolgluhih@ukr.net</t>
+          <t>snvksp@gmail.com</t>
         </is>
       </c>
       <c r="S37" s="4"/>
       <c r="T37" s="4" t="inlineStr">
         <is>
-          <t> Меренков Віктор Юрійович</t>
+          <t>Директор Сух Валентин Васильович</t>
         </is>
       </c>
       <c r="U37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W37" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="X37" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="4" t="inlineStr">
         <is>
-          <t>Херсонське вище училище фізичної культури Херсонської обласної ради</t>
+          <t>Херсонський академічний ліцей імені О.В. Мішукова Херсонської міської ради при Херсонському державному університеті</t>
         </is>
       </c>
       <c r="B38" s="5" t="n">
-        <v>147679</v>
+        <v>137906</v>
       </c>
       <c r="C38" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
-          <t>ХВУФК</t>
+          <t>Херсонський академічний ліцей</t>
         </is>
       </c>
       <c r="E38" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа-інтернат</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G38" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H38" s="6" t="inlineStr">
         <is>
-          <t>6510136900</t>
+          <t>6510136300</t>
         </is>
       </c>
       <c r="I38" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J38" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K38" s="4" t="inlineStr">
         <is>
-          <t>вулиця Петра Калнишевського, 2А</t>
+          <t>вулиця Університетська, 27</t>
         </is>
       </c>
       <c r="L38" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010361097</t>
+          <t>UA65100150010123057</t>
         </is>
       </c>
       <c r="M38" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N38" s="7"/>
       <c r="O38" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти і науки Херсонської обласної державної адміністрації</t>
+          <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P38" s="4" t="inlineStr">
         <is>
-          <t>(0552)422808</t>
+          <t>(0552)32-67-77</t>
         </is>
       </c>
       <c r="Q38" s="4"/>
       <c r="R38" s="4" t="inlineStr">
         <is>
-          <t>snvksp@gmail.com</t>
+          <t>academlyceum@ukr.net</t>
         </is>
       </c>
       <c r="S38" s="4"/>
       <c r="T38" s="4" t="inlineStr">
         <is>
-          <t>Директор Сух Валентин Васильович</t>
+          <t>Директор Бібік Галина Володимирівна</t>
         </is>
       </c>
       <c r="U38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="4" t="inlineStr">
         <is>
-          <t>Херсонський академічний ліцей імені О.В. Мішукова Херсонської міської ради при Херсонському державному університеті</t>
+          <t>Херсонський багатопрофільний ліцей № 20 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B39" s="5" t="n">
-        <v>137906</v>
+        <v>138351</v>
       </c>
       <c r="C39" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
-          <t>Херсонський академічний ліцей</t>
+          <t>Херсонська ліцей №20</t>
         </is>
       </c>
       <c r="E39" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G39" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H39" s="6" t="inlineStr">
         <is>
-          <t>6510136300</t>
+          <t>6510136900</t>
         </is>
       </c>
       <c r="I39" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J39" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K39" s="4" t="inlineStr">
         <is>
-          <t>вулиця Університетська, 27</t>
+          <t>вулиця Віктора Гошкевича, 2</t>
         </is>
       </c>
       <c r="L39" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010123057</t>
+          <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M39" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N39" s="7"/>
       <c r="O39" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P39" s="4" t="inlineStr">
         <is>
-          <t>(0552)32-67-77</t>
+          <t>(0552)491306</t>
         </is>
       </c>
       <c r="Q39" s="4"/>
       <c r="R39" s="4" t="inlineStr">
         <is>
-          <t>academlyceum@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>lyceum20.ks@ukr.net</t>
+        </is>
+      </c>
+      <c r="S39" s="4"/>
       <c r="T39" s="4" t="inlineStr">
         <is>
-          <t>Директор Бібік Галина Володимирівна</t>
+          <t>Директор Цеховлес Оксана Іллівна</t>
         </is>
       </c>
       <c r="U39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="4" t="inlineStr">
         <is>
-          <t>Херсонський багатопрофільний ліцей № 20 Херсонської міської ради</t>
+          <t>Херсонський загальноосвітній навчально-виховний комплекс №11 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B40" s="5" t="n">
-        <v>138351</v>
+        <v>138419</v>
       </c>
       <c r="C40" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
-          <t>Херсонська ліцей №20</t>
+          <t>Херсонський ЗЗСО №11</t>
         </is>
       </c>
       <c r="E40" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G40" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H40" s="6" t="inlineStr">
         <is>
-          <t>6510136900</t>
+          <t>6510136600</t>
         </is>
       </c>
       <c r="I40" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J40" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K40" s="4" t="inlineStr">
         <is>
-          <t>вулиця Віктора Гошкевича, 2</t>
+          <t>вулиця Робоча, 205</t>
         </is>
       </c>
       <c r="L40" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010361097</t>
+          <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M40" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N40" s="7"/>
       <c r="O40" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P40" s="4" t="inlineStr">
         <is>
-          <t>(0552)491306</t>
+          <t>(0552)291715</t>
         </is>
       </c>
       <c r="Q40" s="4"/>
       <c r="R40" s="4" t="inlineStr">
         <is>
-          <t>lyceum20.ks@ukr.net</t>
+          <t>kherson_nvk_11@ukr.net</t>
         </is>
       </c>
       <c r="S40" s="4"/>
       <c r="T40" s="4" t="inlineStr">
         <is>
-          <t>Директор Цеховлес Оксана Іллівна</t>
+          <t>Директор Жулінська Ганна Миколаївна</t>
         </is>
       </c>
       <c r="U40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="4" t="inlineStr">
         <is>
-          <t>Херсонський загальноосвітній навчально-виховний комплекс №11 Херсонської міської ради</t>
+          <t>Херсонський загальноосвітній навчально-виховний комплекс №48 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B41" s="5" t="n">
-        <v>138419</v>
+        <v>141472</v>
       </c>
       <c r="C41" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ЗЗСО №11</t>
+          <t>Херсонський НВК №48</t>
         </is>
       </c>
       <c r="E41" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G41" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H41" s="6" t="inlineStr">
         <is>
-          <t>6510136600</t>
+          <t>6510136300</t>
         </is>
       </c>
       <c r="I41" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J41" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K41" s="4" t="inlineStr">
         <is>
-          <t>вулиця Робоча, 205</t>
+          <t>вулиця Валентини Крицак, 14</t>
         </is>
       </c>
       <c r="L41" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010217771</t>
+          <t>UA65100150010123057</t>
         </is>
       </c>
       <c r="M41" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N41" s="7"/>
       <c r="O41" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P41" s="4" t="inlineStr">
         <is>
-          <t>(0552)291715</t>
+          <t>(0552)352794,(0552)352797</t>
         </is>
       </c>
       <c r="Q41" s="4"/>
       <c r="R41" s="4" t="inlineStr">
         <is>
-          <t>kherson_nvk_11@ukr.net</t>
+          <t>nvk48kherson@ukr.net</t>
         </is>
       </c>
       <c r="S41" s="4" t="inlineStr">
         <is>
-          <t>http://znvk11.org.ua</t>
+          <t>http://www.nvk48.ks.ua</t>
         </is>
       </c>
       <c r="T41" s="4" t="inlineStr">
         <is>
-          <t>Директор Жулінська Ганна Миколаївна</t>
+          <t>Директор Кірцхалія Олена Петрівна</t>
         </is>
       </c>
       <c r="U41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="4" t="inlineStr">
         <is>
-          <t>Херсонський загальноосвітній навчально-виховний комплекс №48 Херсонської міської ради</t>
+          <t>Херсонський заклад загальної середньої освіти "Центр освіти молоді" Херсонської міської ради</t>
         </is>
       </c>
       <c r="B42" s="5" t="n">
-        <v>141472</v>
+        <v>141873</v>
       </c>
       <c r="C42" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
-          <t>Херсонський НВК №48</t>
+          <t>Херсонський ЗЗСО ЦОМ</t>
         </is>
       </c>
       <c r="E42" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G42" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H42" s="6" t="inlineStr">
         <is>
           <t>6510136300</t>
         </is>
       </c>
       <c r="I42" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J42" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K42" s="4" t="inlineStr">
         <is>
-          <t>вулиця Валентини Крицак, 14</t>
+          <t>вулиця Університетська (40 років Жовтня), 145 А</t>
         </is>
       </c>
       <c r="L42" s="6" t="inlineStr">
         <is>
           <t>UA65100150010123057</t>
         </is>
       </c>
       <c r="M42" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N42" s="7"/>
       <c r="O42" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P42" s="4" t="inlineStr">
         <is>
-          <t>(0552)352794,(0552)352797</t>
+          <t>(0552)51-79-95,(0552)51-79-96</t>
         </is>
       </c>
       <c r="Q42" s="4"/>
       <c r="R42" s="4" t="inlineStr">
         <is>
-          <t>nvk48kherson@ukr.net</t>
+          <t>tsom@i.ua</t>
         </is>
       </c>
       <c r="S42" s="4" t="inlineStr">
         <is>
-          <t>http://www.nvk48.ks.ua</t>
+          <t>http://htsom.at.ua</t>
         </is>
       </c>
       <c r="T42" s="4" t="inlineStr">
         <is>
-          <t>Директор Кірцхалія Олена Петрівна</t>
+          <t>Директор Довбиш Олена Сергіївна</t>
         </is>
       </c>
       <c r="U42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="4" t="inlineStr">
         <is>
-          <t>Херсонський заклад загальної середньої освіти "Центр освіти молоді" Херсонської міської ради</t>
+          <t>Херсонський ліцей № 1 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B43" s="5" t="n">
-        <v>141873</v>
+        <v>146853</v>
       </c>
       <c r="C43" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ЗЗСО ЦОМ</t>
+          <t>Херсонський ліцей №1</t>
         </is>
       </c>
       <c r="E43" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G43" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H43" s="6" t="inlineStr">
         <is>
-          <t>6510136300</t>
+          <t>6510136600</t>
         </is>
       </c>
       <c r="I43" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J43" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K43" s="4" t="inlineStr">
         <is>
-          <t>вулиця Університетська (40 років Жовтня), 145 А</t>
+          <t>проспект Святих Кирила та Мефодія, 17-Б</t>
         </is>
       </c>
       <c r="L43" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010123057</t>
+          <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M43" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N43" s="7"/>
       <c r="O43" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P43" s="4" t="inlineStr">
         <is>
-          <t>(0552)51-79-95,(0552)51-79-96</t>
+          <t>(0552)291155</t>
         </is>
       </c>
       <c r="Q43" s="4"/>
       <c r="R43" s="4" t="inlineStr">
         <is>
-          <t>tsom@i.ua</t>
+          <t>kherson.lyceum1@gmail.com</t>
         </is>
       </c>
       <c r="S43" s="4" t="inlineStr">
         <is>
-          <t>http://htsom.at.ua</t>
+          <t>http://school1.com.ua</t>
         </is>
       </c>
       <c r="T43" s="4" t="inlineStr">
         <is>
-          <t>Директор Довбиш Олена Сергіївна</t>
+          <t>Директор Устинова Наталія Валентинівна</t>
         </is>
       </c>
       <c r="U43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ліцей № 1 Херсонської міської ради</t>
+          <t>Херсонський ліцей № 51 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B44" s="5" t="n">
-        <v>146853</v>
+        <v>142651</v>
       </c>
       <c r="C44" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ліцей №1</t>
+          <t>Херсонський ліцей №51</t>
         </is>
       </c>
       <c r="E44" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G44" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H44" s="6" t="inlineStr">
         <is>
           <t>6510136600</t>
         </is>
       </c>
       <c r="I44" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J44" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K44" s="4" t="inlineStr">
         <is>
-          <t>проспект Святих Кирила та Мефодія, 17-Б</t>
+          <t>проспект Будівельників, 9</t>
         </is>
       </c>
       <c r="L44" s="6" t="inlineStr">
         <is>
           <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M44" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N44" s="7"/>
       <c r="O44" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P44" s="4" t="inlineStr">
         <is>
-          <t>(0552)291155</t>
+          <t>(0552)29-09-35</t>
         </is>
       </c>
       <c r="Q44" s="4"/>
       <c r="R44" s="4" t="inlineStr">
         <is>
-          <t>kherson.lyceum1@gmail.com</t>
+          <t>lyceum51ks@gmail.com</t>
         </is>
       </c>
       <c r="S44" s="4" t="inlineStr">
         <is>
-          <t>http://school1.com.ua</t>
+          <t>http://www.51.ks.ua</t>
         </is>
       </c>
       <c r="T44" s="4" t="inlineStr">
         <is>
-          <t>Директор Устинова Наталія Валентинівна</t>
+          <t>Директор Осьмінін Павло Юхимович</t>
         </is>
       </c>
       <c r="U44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ліцей № 51 Херсонської міської ради</t>
+          <t>Херсонський ліцей № 52 "Перспектива" Херсонської міської ради</t>
         </is>
       </c>
       <c r="B45" s="5" t="n">
-        <v>142651</v>
+        <v>143858</v>
       </c>
       <c r="C45" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ліцей №51</t>
+          <t>Херсонський ліцей № 52</t>
         </is>
       </c>
       <c r="E45" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G45" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H45" s="6" t="inlineStr">
         <is>
-          <t>6510136600</t>
+          <t>6510136300</t>
         </is>
       </c>
       <c r="I45" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J45" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K45" s="4" t="inlineStr">
         <is>
-          <t>проспект Будівельників, 9</t>
+          <t>вулиця Кримська, 127</t>
         </is>
       </c>
       <c r="L45" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010217771</t>
+          <t>UA65100150010123057</t>
         </is>
       </c>
       <c r="M45" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N45" s="7"/>
       <c r="O45" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P45" s="4" t="inlineStr">
         <is>
-          <t>(0552)29-09-35</t>
+          <t>(0552)516067,(0552)515931,(0552)320487</t>
         </is>
       </c>
       <c r="Q45" s="4"/>
       <c r="R45" s="4" t="inlineStr">
         <is>
-          <t>Lyceum51ks@gmail.com</t>
+          <t>lyceumperspektiva52@gmail.com</t>
         </is>
       </c>
       <c r="S45" s="4" t="inlineStr">
         <is>
-          <t>http://www.51.ks.ua</t>
+          <t>http://school52.kherson.ua</t>
         </is>
       </c>
       <c r="T45" s="4" t="inlineStr">
         <is>
-          <t>Директор Осьмінін Павло Юхимович</t>
+          <t>Директор Шалаєва Людмила Василівна</t>
         </is>
       </c>
       <c r="U45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ліцей № 52 "Перспектива" Херсонської міської ради</t>
+          <t>Херсонський ліцей № 57 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B46" s="5" t="n">
-        <v>143858</v>
+        <v>144121</v>
       </c>
       <c r="C46" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ліцей № 52</t>
+          <t>Херсонський ліцей № 57</t>
         </is>
       </c>
       <c r="E46" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G46" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H46" s="6" t="inlineStr">
         <is>
-          <t>6510136300</t>
+          <t>6510136600</t>
         </is>
       </c>
       <c r="I46" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J46" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K46" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кримська, 127</t>
+          <t>вулиця Шенгелія, 9</t>
         </is>
       </c>
       <c r="L46" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010123057</t>
+          <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M46" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N46" s="7"/>
       <c r="O46" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P46" s="4" t="inlineStr">
         <is>
-          <t>(0552)516067,(0552)515931,(0552)320487</t>
+          <t>(0552)275854</t>
         </is>
       </c>
       <c r="Q46" s="4"/>
       <c r="R46" s="4" t="inlineStr">
         <is>
-          <t>lyceumperspektiva52@gmail.com</t>
+          <t>s_school57@ukr.net</t>
         </is>
       </c>
       <c r="S46" s="4" t="inlineStr">
         <is>
-          <t>http://school52.kherson.ua</t>
+          <t>http://school57.ks.ua/</t>
         </is>
       </c>
       <c r="T46" s="4" t="inlineStr">
         <is>
-          <t>Директор Шалаєва Людмила Василівна</t>
+          <t>Директор Гаврилюк Олена Степанівна</t>
         </is>
       </c>
       <c r="U46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ліцей № 57 Херсонської міської ради</t>
+          <t>Херсонський ліцей № 6 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B47" s="5" t="n">
-        <v>144121</v>
+        <v>137911</v>
       </c>
       <c r="C47" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ліцей № 57</t>
+          <t>Херсонський ліцей №6</t>
         </is>
       </c>
       <c r="E47" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G47" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H47" s="6" t="inlineStr">
         <is>
-          <t>6510136600</t>
+          <t>6510136900</t>
         </is>
       </c>
       <c r="I47" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J47" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K47" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шенгелія, 9</t>
+          <t>вулиця Повітряних сил, 4</t>
         </is>
       </c>
       <c r="L47" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010217771</t>
+          <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M47" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N47" s="7"/>
       <c r="O47" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P47" s="4" t="inlineStr">
         <is>
-          <t>(0552)275854</t>
+          <t>(0552)225858</t>
         </is>
       </c>
       <c r="Q47" s="4"/>
       <c r="R47" s="4" t="inlineStr">
         <is>
-          <t>s_school57@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>gimnazija.6kherson@gmail.com</t>
+        </is>
+      </c>
+      <c r="S47" s="4"/>
       <c r="T47" s="4" t="inlineStr">
         <is>
-          <t>Директор Гаврилюк Олена Степанівна</t>
+          <t>Директор Корж Світлана Сергіївна</t>
         </is>
       </c>
       <c r="U47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ліцей № 6 Херсонської міської ради</t>
+          <t>Херсонський ліцей №27 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B48" s="5" t="n">
-        <v>137911</v>
+        <v>141855</v>
       </c>
       <c r="C48" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ліцей №6</t>
+          <t>ХЛ №27 ХМР</t>
         </is>
       </c>
       <c r="E48" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G48" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H48" s="6" t="inlineStr">
         <is>
           <t>6510136900</t>
         </is>
       </c>
       <c r="I48" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J48" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K48" s="4" t="inlineStr">
         <is>
-          <t>вулиця Повітряних сил, 4</t>
+          <t>вулиця полковника Кедровського, 8-А</t>
         </is>
       </c>
       <c r="L48" s="6" t="inlineStr">
         <is>
           <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M48" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N48" s="7"/>
       <c r="O48" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P48" s="4" t="inlineStr">
         <is>
-          <t>(0552)225858</t>
+          <t>(0552)33-72-50,(0552)33-77-72,(0552)33-74-82</t>
         </is>
       </c>
       <c r="Q48" s="4"/>
       <c r="R48" s="4" t="inlineStr">
         <is>
-          <t>gimnazia.6@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>school_27kh@i.ua</t>
+        </is>
+      </c>
+      <c r="S48" s="4"/>
       <c r="T48" s="4" t="inlineStr">
         <is>
-          <t>Директор Корж Світлана Сергіївна</t>
+          <t>Директор Мітковська Ірина Анатоліївна</t>
         </is>
       </c>
       <c r="U48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ліцей №27 Херсонської міської ради</t>
+          <t>Херсонський ліцей №31 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B49" s="5" t="n">
-        <v>141855</v>
+        <v>141490</v>
       </c>
       <c r="C49" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
-          <t>ХЛ №27 ХМР</t>
+          <t>Херсонський ліцей № 31</t>
         </is>
       </c>
       <c r="E49" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G49" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H49" s="6" t="inlineStr">
         <is>
           <t>6510136900</t>
         </is>
       </c>
       <c r="I49" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J49" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K49" s="4" t="inlineStr">
         <is>
-          <t>вулиця полковника Кедровського, 8-А</t>
+          <t>проспект Незалежності, 79-А</t>
         </is>
       </c>
       <c r="L49" s="6" t="inlineStr">
         <is>
           <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M49" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N49" s="7"/>
       <c r="O49" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P49" s="4" t="inlineStr">
         <is>
-          <t>(0552)33-72-50,(0552)33-77-72,(0552)33-74-82</t>
+          <t>(0552)494106</t>
         </is>
       </c>
       <c r="Q49" s="4"/>
       <c r="R49" s="4" t="inlineStr">
         <is>
-          <t>school_27kh@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>school31_@ukr.net</t>
+        </is>
+      </c>
+      <c r="S49" s="4"/>
       <c r="T49" s="4" t="inlineStr">
         <is>
-          <t>Директор Мітковська Ірина Анатоліївна</t>
+          <t>Директор Новгородський Володимир Вікторович</t>
         </is>
       </c>
       <c r="U49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ліцей №31 Херсонської міської ради</t>
+          <t>Херсонський навчально-виховний комплекс - загальноосвітня школа І-ІІІ ступенів №9 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B50" s="5" t="n">
-        <v>141490</v>
+        <v>138288</v>
       </c>
       <c r="C50" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ліцей № 31</t>
+          <t>Херсонський НВК 9</t>
         </is>
       </c>
       <c r="E50" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G50" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H50" s="6" t="inlineStr">
         <is>
-          <t>6510136900</t>
+          <t>6510136600</t>
         </is>
       </c>
       <c r="I50" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J50" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K50" s="4" t="inlineStr">
         <is>
-          <t>проспект Незалежності, 79-А</t>
+          <t>вулиця Патона, 11</t>
         </is>
       </c>
       <c r="L50" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010361097</t>
+          <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M50" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N50" s="7"/>
       <c r="O50" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P50" s="4" t="inlineStr">
         <is>
-          <t>(0552)494106</t>
+          <t>(0552)270003,(0552)271393</t>
         </is>
       </c>
       <c r="Q50" s="4"/>
       <c r="R50" s="4" t="inlineStr">
         <is>
-          <t>school31_@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>hersonnvk9@gmail.com</t>
+        </is>
+      </c>
+      <c r="S50" s="4"/>
       <c r="T50" s="4" t="inlineStr">
         <is>
-          <t>Директор Новгородський Володимир Вікторович</t>
+          <t>Директор Мартинюк Людмила Володимирівна</t>
         </is>
       </c>
       <c r="U50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="4" t="inlineStr">
         <is>
-          <t>Херсонський навчально-виховний комплекс - загальноосвітня школа І-ІІІ ступенів №9 Херсонської міської ради</t>
+          <t>Херсонський навчально-виховний комплекс "Дошкільний навчальний заклад - загальноосвітня школа І-ІІІ ступенів" №15 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B51" s="5" t="n">
-        <v>138288</v>
+        <v>143627</v>
       </c>
       <c r="C51" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
-          <t>Херсонський НВК 9</t>
+          <t>Херсонський НВК №15</t>
         </is>
       </c>
       <c r="E51" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G51" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H51" s="6" t="inlineStr">
         <is>
-          <t>6510136600</t>
+          <t>6510136900</t>
         </is>
       </c>
       <c r="I51" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J51" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K51" s="4" t="inlineStr">
         <is>
-          <t>вулиця Патона, 11</t>
+          <t>провулок Комбайновий, 13</t>
         </is>
       </c>
       <c r="L51" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010217771</t>
+          <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M51" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N51" s="7"/>
       <c r="O51" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P51" s="4" t="inlineStr">
         <is>
-          <t>(0552)270003,(0552)271393</t>
+          <t>(0552)494367,(0552)491096</t>
         </is>
       </c>
       <c r="Q51" s="4"/>
       <c r="R51" s="4" t="inlineStr">
         <is>
-          <t>hersonnvk9@gmail.com</t>
+          <t>nvk15.ks@gmail.com</t>
         </is>
       </c>
       <c r="S51" s="4" t="inlineStr">
         <is>
-          <t>http://nvk9.ks.ua</t>
+          <t>https://gimnazia15.ks.ua/</t>
         </is>
       </c>
       <c r="T51" s="4" t="inlineStr">
         <is>
-          <t>Директор Мартинюк Людмила Володимирівна</t>
+          <t>Директор Савун Тетяна Вікторівна</t>
         </is>
       </c>
       <c r="U51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="4" t="inlineStr">
         <is>
-          <t>Херсонський навчально-виховний комплекс "Дошкільний навчальний заклад - загальноосвітня школа І-ІІІ ступенів" №15 Херсонської міської ради</t>
+          <t>Херсонський навчально-виховний комплекс "Дошкільний навчальний заклад - загальноосвітня школа І-ІІІ ступенів" №33 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B52" s="5" t="n">
-        <v>143627</v>
+        <v>143623</v>
       </c>
       <c r="C52" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
-          <t>Херсонський НВК №15</t>
+          <t>Херсонський НВК №33</t>
         </is>
       </c>
       <c r="E52" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G52" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H52" s="6" t="inlineStr">
         <is>
           <t>6510136900</t>
         </is>
       </c>
       <c r="I52" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J52" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K52" s="4" t="inlineStr">
         <is>
-          <t>провулок Комбайновий, 13</t>
+          <t>провулок Приміський, 7</t>
         </is>
       </c>
       <c r="L52" s="6" t="inlineStr">
         <is>
           <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M52" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N52" s="7"/>
       <c r="O52" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P52" s="4" t="inlineStr">
         <is>
-          <t>(0552)494367,(0552)491096</t>
+          <t>(0552)337390</t>
         </is>
       </c>
       <c r="Q52" s="4"/>
       <c r="R52" s="4" t="inlineStr">
         <is>
-          <t>nvk15.ks@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>nvk33t@gmail.com</t>
+        </is>
+      </c>
+      <c r="S52" s="4"/>
       <c r="T52" s="4" t="inlineStr">
         <is>
-          <t>Директор Савун Тетяна Вікторівна</t>
+          <t>Директор Щетина Тетяна Павлівна</t>
         </is>
       </c>
       <c r="U52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="4" t="inlineStr">
         <is>
-          <t>Херсонський навчально-виховний комплекс "Дошкільний навчальний заклад - загальноосвітня школа І-ІІІ ступенів" №33 Херсонської міської ради</t>
+          <t>Херсонський навчально-виховний комплекс "Дошкільний навчальний заклад - спеціалізована школа з поглибленим вивченням англійської мови І ступеня - гімназія" №56 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B53" s="5" t="n">
-        <v>143623</v>
+        <v>147961</v>
       </c>
       <c r="C53" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
-          <t>Херсонський НВК №33</t>
+          <t>Херсонський НВК №56</t>
         </is>
       </c>
       <c r="E53" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G53" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H53" s="6" t="inlineStr">
         <is>
           <t>6510136900</t>
         </is>
       </c>
       <c r="I53" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J53" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K53" s="4" t="inlineStr">
         <is>
-          <t>провулок Приміський, 7</t>
+          <t>вулиця 49 Гвардійської дивізії, 9</t>
         </is>
       </c>
       <c r="L53" s="6" t="inlineStr">
         <is>
           <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M53" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N53" s="7"/>
       <c r="O53" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P53" s="4" t="inlineStr">
         <is>
-          <t>(0552)337390</t>
+          <t>(0552)437201,(0552)437202</t>
         </is>
       </c>
       <c r="Q53" s="4"/>
       <c r="R53" s="4" t="inlineStr">
         <is>
-          <t>nvk33t@gmail.com</t>
+          <t>rozvitok_56@ukr.net</t>
         </is>
       </c>
       <c r="S53" s="4" t="inlineStr">
         <is>
-          <t>http://33.ks.ua</t>
+          <t>https://uvk056.wixsite.com/kherson</t>
         </is>
       </c>
       <c r="T53" s="4" t="inlineStr">
         <is>
-          <t>Директор Щетина Тетяна Павлівна</t>
+          <t>Директор Микитюк Світлана Василівна</t>
         </is>
       </c>
       <c r="U53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="4" t="inlineStr">
         <is>
-          <t>Херсонський навчально-виховний комплекс "Дошкільний навчальний заклад - спеціалізована школа з поглибленим вивченням англійської мови І ступеня - гімназія" №56 Херсонської міської ради</t>
+          <t>Херсонський навчально-виховний комплекс "Дошкільний навчальний заклад комбінованого типу - спеціальна загальноосвітня школа І ступеня" №29 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B54" s="5" t="n">
-        <v>147961</v>
+        <v>150193</v>
       </c>
       <c r="C54" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
-          <t>Херсонський НВК №56</t>
+          <t>НВК № 29</t>
         </is>
       </c>
       <c r="E54" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G54" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H54" s="6" t="inlineStr">
         <is>
-          <t>6510136900</t>
+          <t>6510136300</t>
         </is>
       </c>
       <c r="I54" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J54" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K54" s="4" t="inlineStr">
         <is>
-          <t>вулиця 49 Гвардійської дивізії, 9</t>
+          <t>вулиця Валентини Крицак, 21</t>
         </is>
       </c>
       <c r="L54" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010361097</t>
+          <t>UA65100150010123057</t>
         </is>
       </c>
       <c r="M54" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N54" s="7"/>
       <c r="O54" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P54" s="4" t="inlineStr">
         <is>
-          <t>(0552)437201,(0552)437202</t>
+          <t>(0552)352795</t>
         </is>
       </c>
       <c r="Q54" s="4"/>
       <c r="R54" s="4" t="inlineStr">
         <is>
-          <t>rozvitok_56@ukr.net</t>
+          <t>khersonnvk29@ukr.net</t>
         </is>
       </c>
       <c r="S54" s="4" t="inlineStr">
         <is>
-          <t>https://uvk056.wixsite.com/kherson</t>
+          <t>https://29.edu.ks.ua/</t>
         </is>
       </c>
       <c r="T54" s="4" t="inlineStr">
         <is>
-          <t>Директор Микитюк Світлана Василівна</t>
+          <t>В.о. директора Малих Олена Михайлівна</t>
         </is>
       </c>
       <c r="U54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="4" t="inlineStr">
         <is>
-          <t>Херсонський навчально-виховний комплекс "Дошкільний навчальний заклад комбінованого типу - спеціальна загальноосвітня школа І ступеня" №29 Херсонської міської ради</t>
+          <t>Херсонський навчально-виховний комплекс "Дошкільний навчальний заклад-загальноосвітня школа І-ІІ ступенів" №8 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B55" s="5" t="n">
-        <v>150193</v>
+        <v>138284</v>
       </c>
       <c r="C55" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
-          <t>НВК № 29</t>
+          <t>Херсонський НВК № 8</t>
         </is>
       </c>
       <c r="E55" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G55" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H55" s="6" t="inlineStr">
         <is>
-          <t>6510136300</t>
+          <t>6510136600</t>
         </is>
       </c>
       <c r="I55" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J55" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K55" s="4" t="inlineStr">
         <is>
-          <t>вулиця Валентини Крицак, 21</t>
+          <t>вулиця Антона Головатого, 7</t>
         </is>
       </c>
       <c r="L55" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010123057</t>
+          <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M55" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N55" s="7"/>
       <c r="O55" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P55" s="4" t="inlineStr">
         <is>
-          <t>(0552)352795</t>
+          <t>(0552)293074</t>
         </is>
       </c>
       <c r="Q55" s="4"/>
       <c r="R55" s="4" t="inlineStr">
         <is>
-          <t>khersonnvk29@ukr.net</t>
+          <t>school8kh@proton.me</t>
         </is>
       </c>
       <c r="S55" s="4" t="inlineStr">
         <is>
-          <t>https://29.edu.ks.ua/</t>
+          <t>http://school8.ks.sch.in.ua</t>
         </is>
       </c>
       <c r="T55" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Карпенко Олена Олександрівна</t>
+          <t>Директор Фокіна Ірина Олексіївна</t>
         </is>
       </c>
       <c r="U55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="4" t="inlineStr">
         <is>
-          <t>Херсонський навчально-виховний комплекс "Дошкільний навчальний заклад-загальноосвітня школа І-ІІ ступенів" №8 Херсонської міської ради</t>
+          <t>Херсонський навчально-виховний комплекс "Загальноосвітня школа ІІ ступеня - ліцей журналістики, економіки та правознавства" Херсонської міської ради</t>
         </is>
       </c>
       <c r="B56" s="5" t="n">
-        <v>138284</v>
+        <v>141874</v>
       </c>
       <c r="C56" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
-          <t>Херсонський НВК № 8</t>
+          <t>Херсонський НВК ЛЖЕП</t>
         </is>
       </c>
       <c r="E56" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G56" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H56" s="6" t="inlineStr">
         <is>
           <t>6510136600</t>
         </is>
       </c>
       <c r="I56" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J56" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K56" s="4" t="inlineStr">
         <is>
-          <t>вулиця Антона Головатого, 7</t>
+          <t>вулиця Стрітенська, 17</t>
         </is>
       </c>
       <c r="L56" s="6" t="inlineStr">
         <is>
           <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M56" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N56" s="7"/>
       <c r="O56" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P56" s="4" t="inlineStr">
         <is>
-          <t>(0552)293074</t>
+          <t>(0552)428067,(0552)428183,(0552)428212</t>
         </is>
       </c>
       <c r="Q56" s="4"/>
       <c r="R56" s="4" t="inlineStr">
         <is>
-          <t>school8ks@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>irinyli2010@gmail.com</t>
+        </is>
+      </c>
+      <c r="S56" s="4"/>
       <c r="T56" s="4" t="inlineStr">
         <is>
-          <t>Директор Фокіна Ірина Олексіївна</t>
+          <t>Директор Завгородня Ірина Едуардівна</t>
         </is>
       </c>
       <c r="U56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y56" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="4" t="inlineStr">
         <is>
-          <t>Херсонський навчально-виховний комплекс "Загальноосвітня школа ІІ ступеня - ліцей журналістики, економіки та правознавства" Херсонської міської ради</t>
+          <t>Херсонський науковий ліцей Херсонської обласної ради</t>
         </is>
       </c>
       <c r="B57" s="5" t="n">
-        <v>141874</v>
+        <v>147010</v>
       </c>
       <c r="C57" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
-          <t>Херсонський НВК ЛЖЕП</t>
+          <t>Херсонський ліцей</t>
         </is>
       </c>
       <c r="E57" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>спеціалізована школа-інтернат</t>
         </is>
       </c>
       <c r="G57" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H57" s="6" t="inlineStr">
         <is>
           <t>6510136600</t>
         </is>
       </c>
       <c r="I57" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J57" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K57" s="4" t="inlineStr">
         <is>
-          <t>вулиця Стрітенська, 17</t>
+          <t>вулиця Полтавська, 89</t>
         </is>
       </c>
       <c r="L57" s="6" t="inlineStr">
         <is>
           <t>UA65100150010217771</t>
         </is>
       </c>
       <c r="M57" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N57" s="7"/>
       <c r="O57" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Херсонської міської ради</t>
+          <t>Управління освіти і науки Херсонської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P57" s="4" t="inlineStr">
         <is>
-          <t>(0552)428067,(0552)428183,(0552)428212</t>
+          <t>(0552)292071, (0552)297153</t>
         </is>
       </c>
       <c r="Q57" s="4"/>
       <c r="R57" s="4" t="inlineStr">
         <is>
-          <t>irinyli2010@gmail.com</t>
+          <t>liceyxop@ukr.net</t>
         </is>
       </c>
       <c r="S57" s="4" t="inlineStr">
         <is>
-          <t>http://nvk-licey.ucoz.ua</t>
+          <t>http://www.hlor.ks.ua</t>
         </is>
       </c>
       <c r="T57" s="4" t="inlineStr">
         <is>
-          <t>Директор Завгородня Ірина Едуардівна</t>
+          <t> Рябуха Михайло Іванович</t>
         </is>
       </c>
       <c r="U57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X57" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="Y57" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="4" t="inlineStr">
         <is>
-          <t>Херсонський науковий ліцей Херсонської обласної ради</t>
+          <t>Херсонський Таврійський ліцей Херсонської міської ради</t>
         </is>
       </c>
       <c r="B58" s="5" t="n">
-        <v>147010</v>
+        <v>146825</v>
       </c>
       <c r="C58" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ліцей</t>
+          <t>Херсонський ТЛ</t>
         </is>
       </c>
       <c r="E58" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа-інтернат</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G58" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H58" s="6" t="inlineStr">
         <is>
-          <t>6510136600</t>
+          <t>6510136900</t>
         </is>
       </c>
       <c r="I58" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J58" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K58" s="4" t="inlineStr">
         <is>
-          <t>вулиця Полтавська, 89</t>
+          <t>вулиця Вишнева, 44</t>
         </is>
       </c>
       <c r="L58" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010217771</t>
+          <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M58" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N58" s="7"/>
       <c r="O58" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти і науки Херсонської обласної державної адміністрації</t>
+          <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P58" s="4" t="inlineStr">
         <is>
-          <t>(0552)292071, (0552)297153</t>
+          <t>(0552)376540,(0552)376581,(0552)426486</t>
         </is>
       </c>
       <c r="Q58" s="4"/>
       <c r="R58" s="4" t="inlineStr">
         <is>
-          <t>liceyxop@ukr.net</t>
+          <t>htlm@ukr.net</t>
         </is>
       </c>
       <c r="S58" s="4" t="inlineStr">
         <is>
-          <t>http://www.hlor.ks.ua</t>
+          <t>http://htlm.com.ua</t>
         </is>
       </c>
       <c r="T58" s="4" t="inlineStr">
         <is>
-          <t> Рябуха Михайло Іванович</t>
+          <t>Директор Мельник Анжеліка Іванівна</t>
         </is>
       </c>
       <c r="U58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X58" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y58" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="4" t="inlineStr">
         <is>
-          <t>Херсонський Таврійський ліцей Херсонської міської ради</t>
+          <t>Херсонський фізико-технічний ліцей Херсонської міської ради</t>
         </is>
       </c>
       <c r="B59" s="5" t="n">
-        <v>146825</v>
+        <v>143613</v>
       </c>
       <c r="C59" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ТЛ</t>
+          <t>Херсонський ФТЛ</t>
         </is>
       </c>
       <c r="E59" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G59" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H59" s="6" t="inlineStr">
         <is>
-          <t>6510136900</t>
+          <t>6510136300</t>
         </is>
       </c>
       <c r="I59" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J59" s="4" t="inlineStr">
         <is>
           <t>Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K59" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вишнева, 44</t>
+          <t>вулиця Залаегерсег, 39</t>
         </is>
       </c>
       <c r="L59" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010361097</t>
+          <t>UA65100150010123057</t>
         </is>
       </c>
       <c r="M59" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N59" s="7"/>
       <c r="O59" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P59" s="4" t="inlineStr">
         <is>
-          <t>(0552)376540,(0552)376581,(0552)426486</t>
+          <t>(0552)316236,(099)3490511</t>
         </is>
       </c>
       <c r="Q59" s="4"/>
       <c r="R59" s="4" t="inlineStr">
         <is>
-          <t>htlm@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>manager@khftl.ukr.education</t>
+        </is>
+      </c>
+      <c r="S59" s="4"/>
       <c r="T59" s="4" t="inlineStr">
         <is>
-          <t>Директор Мельник Анжеліка Іванівна</t>
+          <t>Директор Шовкун Віталій Віталійович</t>
         </is>
       </c>
       <c r="U59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y59" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="4" t="inlineStr">
         <is>
-          <t>Херсонський фізико-технічний ліцей Херсонської міської ради</t>
+          <t>Антонівська гімназія №21 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B60" s="5" t="n">
-        <v>143613</v>
+        <v>134280</v>
       </c>
       <c r="C60" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
-          <t>Херсонський ФТЛ</t>
+          <t>Антонівська гімназія № 21</t>
         </is>
       </c>
       <c r="E60" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G60" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H60" s="6" t="inlineStr">
         <is>
-          <t>6510136300</t>
+          <t>6510165300</t>
         </is>
       </c>
       <c r="I60" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J60" s="4" t="inlineStr">
         <is>
-          <t>Херсон, Херсонська область</t>
+          <t>смт Антонівка, Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K60" s="4" t="inlineStr">
         <is>
-          <t>вулиця Залаегерсег, 39</t>
+          <t>вулиця Центральна, 2</t>
         </is>
       </c>
       <c r="L60" s="6" t="inlineStr">
         <is>
-          <t>UA65100150010123057</t>
+          <t>UA65100150020050619</t>
         </is>
       </c>
       <c r="M60" s="4" t="inlineStr">
         <is>
-          <t>Херсонська обл., м. Херсон</t>
+          <t>Херсонська обл., Херсонський р-н, с-ще Антонівка</t>
         </is>
       </c>
       <c r="N60" s="7"/>
       <c r="O60" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P60" s="4" t="inlineStr">
         <is>
-          <t>(0552)316236,(099)3490511</t>
+          <t>(066)0436269</t>
         </is>
       </c>
       <c r="Q60" s="4"/>
       <c r="R60" s="4" t="inlineStr">
         <is>
-          <t>manager@khftl.ukr.education</t>
-[...6 lines deleted...]
-      </c>
+          <t>antonivskagimnaziya21ks@gmail.com</t>
+        </is>
+      </c>
+      <c r="S60" s="4"/>
       <c r="T60" s="4" t="inlineStr">
         <is>
-          <t>Директор Шовкун Віталій Віталійович</t>
+          <t>В.о. начальника Юрченко Анна Вікторівна</t>
         </is>
       </c>
       <c r="U60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y60" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="4" t="inlineStr">
         <is>
-          <t>Антонівська гімназія №21 Херсонської міської ради</t>
+          <t>Антонівська загальноосвітня школа І-ІІІ ступенів №18 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B61" s="5" t="n">
-        <v>134280</v>
+        <v>138350</v>
       </c>
       <c r="C61" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
-          <t>Антонівська гімназія № 21</t>
+          <t>Антонівський ЗЗСО №18</t>
         </is>
       </c>
       <c r="E61" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G61" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H61" s="6" t="inlineStr">
         <is>
           <t>6510165300</t>
         </is>
       </c>
       <c r="I61" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J61" s="4" t="inlineStr">
         <is>
           <t>смт Антонівка, Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K61" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 2</t>
+          <t>вулиця Херсонська, 83</t>
         </is>
       </c>
       <c r="L61" s="6" t="inlineStr">
         <is>
           <t>UA65100150020050619</t>
         </is>
       </c>
       <c r="M61" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., Херсонський р-н, с-ще Антонівка</t>
         </is>
       </c>
       <c r="N61" s="7"/>
       <c r="O61" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P61" s="4" t="inlineStr">
         <is>
-          <t>(066)0436269</t>
+          <t>(0552)314155</t>
         </is>
       </c>
       <c r="Q61" s="4"/>
       <c r="R61" s="4" t="inlineStr">
         <is>
-          <t>antonivskagimnaziya21ks@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>shkola18@meta.ua</t>
+        </is>
+      </c>
+      <c r="S61" s="4"/>
       <c r="T61" s="4" t="inlineStr">
         <is>
-          <t>В.о. начальника Юрченко Анна Вікторівна</t>
+          <t>Директор Довга Ганна Василівна</t>
         </is>
       </c>
       <c r="U61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y61" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="4" t="inlineStr">
         <is>
-          <t>Антонівська загальноосвітня школа І-ІІІ ступенів №18 Херсонської міської ради</t>
+          <t>Зеленівська загальноосвітня школа І-ІІІ ступенів №38 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B62" s="5" t="n">
-        <v>138350</v>
+        <v>137920</v>
       </c>
       <c r="C62" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
-          <t>Антонівський ЗЗСО №18</t>
+          <t>Зеленівський ЗЗСО №38</t>
         </is>
       </c>
       <c r="E62" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G62" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H62" s="6" t="inlineStr">
         <is>
-          <t>6510165300</t>
+          <t>6510165600</t>
         </is>
       </c>
       <c r="I62" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J62" s="4" t="inlineStr">
         <is>
-          <t>смт Антонівка, Херсон, Херсонська область</t>
+          <t>смт Зеленівка, Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K62" s="4" t="inlineStr">
         <is>
-          <t>вулиця Херсонська, 83</t>
+          <t>вулиця Степова, 20-А</t>
         </is>
       </c>
       <c r="L62" s="6" t="inlineStr">
         <is>
-          <t>UA65100150020050619</t>
+          <t>UA65100150030054487</t>
         </is>
       </c>
       <c r="M62" s="4" t="inlineStr">
         <is>
-          <t>Херсонська обл., Херсонський р-н, с-ще Антонівка</t>
+          <t>Херсонська обл., Херсонський р-н, с-ще Зеленівка</t>
         </is>
       </c>
       <c r="N62" s="7"/>
       <c r="O62" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P62" s="4" t="inlineStr">
         <is>
-          <t>(0552)314155</t>
+          <t>(0552)365271</t>
         </is>
       </c>
       <c r="Q62" s="4"/>
       <c r="R62" s="4" t="inlineStr">
         <is>
-          <t>shkola18@meta.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>school38@ukr.net</t>
+        </is>
+      </c>
+      <c r="S62" s="4"/>
       <c r="T62" s="4" t="inlineStr">
         <is>
-          <t>Директор Довга Ганна Василівна</t>
+          <t>Директор Дехканова Марія Богданівна</t>
         </is>
       </c>
       <c r="U62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y62" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="4" t="inlineStr">
         <is>
-          <t>Зеленівська загальноосвітня школа І-ІІІ ступенів №38 Херсонської міської ради</t>
+          <t>Жовтневська школа-сад №86 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B63" s="5" t="n">
-        <v>137920</v>
+        <v>138540</v>
       </c>
       <c r="C63" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
-          <t>Зеленівський ЗЗСО №38</t>
+          <t>Жовтневська школа-сад №86</t>
         </is>
       </c>
       <c r="E63" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G63" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H63" s="6" t="inlineStr">
         <is>
-          <t>6510165600</t>
+          <t>6510165801</t>
         </is>
       </c>
       <c r="I63" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J63" s="4" t="inlineStr">
         <is>
-          <t>смт Зеленівка, Херсон, Херсонська область</t>
+          <t>с-ще Інженерне, Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K63" s="4" t="inlineStr">
         <is>
-          <t>вулиця Степова, 20-А</t>
+          <t>вулиця -, 9а</t>
         </is>
       </c>
       <c r="L63" s="6" t="inlineStr">
         <is>
-          <t>UA65100150030054487</t>
+          <t>UA65100150120056705</t>
         </is>
       </c>
       <c r="M63" s="4" t="inlineStr">
         <is>
-          <t>Херсонська обл., Херсонський р-н, с-ще Зеленівка</t>
+          <t>Херсонська обл., Херсонський р-н, с-ще Інженерне</t>
         </is>
       </c>
       <c r="N63" s="7"/>
       <c r="O63" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P63" s="4" t="inlineStr">
         <is>
-          <t>(0552)365271</t>
+          <t>(0552)362147</t>
         </is>
       </c>
       <c r="Q63" s="4"/>
       <c r="R63" s="4" t="inlineStr">
         <is>
-          <t>school38@ukr.net</t>
+          <t>school-sad86@ukr.net</t>
         </is>
       </c>
       <c r="S63" s="4" t="inlineStr">
         <is>
-          <t>http://school38zelen.ucoz.ua</t>
+          <t>https://sites.google.com/view/school-sad86</t>
         </is>
       </c>
       <c r="T63" s="4" t="inlineStr">
         <is>
-          <t>Директор Дехканова Марія Богданівна</t>
+          <t>В.о. директора Сенчуріна Олена Ефендіївна</t>
         </is>
       </c>
       <c r="U63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y63" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="4" t="inlineStr">
         <is>
-          <t>Жовтневська школа-сад №86 Херсонської міської ради</t>
+          <t>Комишанська загальноосвітня школа І-ІІІ ступенів №26 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B64" s="5" t="n">
-        <v>138540</v>
+        <v>141871</v>
       </c>
       <c r="C64" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
-          <t>Жовтневська школа-сад №86</t>
+          <t>Комишанський ЗЗСО №26</t>
         </is>
       </c>
       <c r="E64" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G64" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H64" s="6" t="inlineStr">
         <is>
-          <t>6510165801</t>
+          <t>6510166400</t>
         </is>
       </c>
       <c r="I64" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J64" s="4" t="inlineStr">
         <is>
-          <t>с-ще Інженерне, Херсон, Херсонська область</t>
+          <t>смт Комишани, Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K64" s="4" t="inlineStr">
         <is>
-          <t>вулиця -, 9а</t>
+          <t>вулиця Центральна, 60</t>
         </is>
       </c>
       <c r="L64" s="6" t="inlineStr">
         <is>
-          <t>UA65100150120056705</t>
+          <t>UA65100150040069463</t>
         </is>
       </c>
       <c r="M64" s="4" t="inlineStr">
         <is>
-          <t>Херсонська обл., Херсонський р-н, с-ще Інженерне</t>
+          <t>Херсонська обл., Херсонський р-н, с-ще Комишани</t>
         </is>
       </c>
       <c r="N64" s="7"/>
       <c r="O64" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P64" s="4" t="inlineStr">
         <is>
-          <t>(0552)362147</t>
+          <t>(0552)43-87-19</t>
         </is>
       </c>
       <c r="Q64" s="4"/>
       <c r="R64" s="4" t="inlineStr">
         <is>
-          <t>school-sad86@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>komschool.26@gmail.com</t>
+        </is>
+      </c>
+      <c r="S64" s="4"/>
       <c r="T64" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Сенчуріна Олена Ефендіївна</t>
+          <t>Директор Чорноус Надія Сергіївна</t>
         </is>
       </c>
       <c r="U64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y64" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="4" t="inlineStr">
         <is>
-          <t>Комишанська загальноосвітня школа І-ІІІ ступенів №26 Херсонської міської ради</t>
+          <t>Молодіжна загальноосвітня школа-сад І-ІІ ступенів №40 Херсонської міської ради</t>
         </is>
       </c>
       <c r="B65" s="5" t="n">
-        <v>141871</v>
+        <v>140748</v>
       </c>
       <c r="C65" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
-          <t>Комишанський ЗЗСО №26</t>
+          <t>Молодіжна школа-сад №40</t>
         </is>
       </c>
       <c r="E65" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G65" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H65" s="6" t="inlineStr">
         <is>
-          <t>6510166400</t>
+          <t>6510165301</t>
         </is>
       </c>
       <c r="I65" s="4" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
       <c r="J65" s="4" t="inlineStr">
         <is>
-          <t>смт Комишани, Херсон, Херсонська область</t>
+          <t>с-ще Молодіжне, Херсон, Херсонська область</t>
         </is>
       </c>
       <c r="K65" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 60</t>
+          <t>вулиця Володимира Вернадського, 6</t>
         </is>
       </c>
       <c r="L65" s="6" t="inlineStr">
         <is>
-          <t>UA65100150040069463</t>
+          <t>UA65100150130059315</t>
         </is>
       </c>
       <c r="M65" s="4" t="inlineStr">
         <is>
-          <t>Херсонська обл., Херсонський р-н, с-ще Комишани</t>
+          <t>Херсонська обл., Херсонський р-н, с-ще Молодіжне</t>
         </is>
       </c>
       <c r="N65" s="7"/>
       <c r="O65" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P65" s="4" t="inlineStr">
         <is>
-          <t>(0552)43-87-19</t>
+          <t>(0552)361136</t>
         </is>
       </c>
       <c r="Q65" s="4"/>
       <c r="R65" s="4" t="inlineStr">
         <is>
-          <t>komschool.26@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>gartenschul40@ukr.net</t>
+        </is>
+      </c>
+      <c r="S65" s="4"/>
       <c r="T65" s="4" t="inlineStr">
         <is>
-          <t>Директор Чорноус Надія Сергіївна</t>
+          <t>Директор Васюніна Тетяна Павлівна</t>
         </is>
       </c>
       <c r="U65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y65" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
@@ -7613,55 +7485,51 @@
           <t>UA65100150160094277</t>
         </is>
       </c>
       <c r="M66" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., Херсонський р-н, с-ще Сонячне</t>
         </is>
       </c>
       <c r="N66" s="7"/>
       <c r="O66" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P66" s="4" t="inlineStr">
         <is>
           <t>(0552)39-18-23</t>
         </is>
       </c>
       <c r="Q66" s="4"/>
       <c r="R66" s="4" t="inlineStr">
         <is>
           <t>sanzoh43@gmail.com</t>
         </is>
       </c>
-      <c r="S66" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S66" s="4"/>
       <c r="T66" s="4" t="inlineStr">
         <is>
           <t>Директор Шинкарьова Наталія Анатоліївна</t>
         </is>
       </c>
       <c r="U66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -7726,55 +7594,51 @@
           <t>UA65100150090070661</t>
         </is>
       </c>
       <c r="M67" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., Херсонський р-н, с. Степанівка</t>
         </is>
       </c>
       <c r="N67" s="7"/>
       <c r="O67" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P67" s="4" t="inlineStr">
         <is>
           <t>(0552)37-37-90</t>
         </is>
       </c>
       <c r="Q67" s="4"/>
       <c r="R67" s="4" t="inlineStr">
         <is>
           <t>school17stepanovka@ukr.net</t>
         </is>
       </c>
-      <c r="S67" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S67" s="4"/>
       <c r="T67" s="4" t="inlineStr">
         <is>
           <t>Директор Цесько Микола Вікторович</t>
         </is>
       </c>
       <c r="U67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V67" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>