--- v1 (2025-12-18)
+++ v2 (2026-03-07)
@@ -1074,51 +1074,51 @@
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Херсонська обл., м. Херсон</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(0552)22-54-68</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>hersonshcola13@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4"/>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Перегняк Ганна Євгенівна</t>
+          <t>В.о. директора Мамчур Олена Андріївна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">