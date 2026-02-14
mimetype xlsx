--- v0 (2025-10-30)
+++ v1 (2026-02-14)
@@ -399,51 +399,51 @@
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Харківський р-н, с. Лук’янці</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Липецької сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(057)7473337</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>lukyanci-sc@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>http://Lukyantsi.edu.kh.ua</t>
+          <t>look.licey.org.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t> Кусік Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>