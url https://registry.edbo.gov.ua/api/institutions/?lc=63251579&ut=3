--- v0 (2025-11-09)
+++ v1 (2026-02-28)
@@ -658,51 +658,51 @@
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад"Пісочинська початкова школа "Надія" Пісочинської селищної ради" Харківської області</t>
+          <t>Комунальний заклад"Пісочинська початкова школа "Надія" Пісочинської селищної ради Харківського району Харківської області"</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>176465</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>КЗ "Пісочинська початкова школа "Надія"</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>