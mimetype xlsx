--- v0 (2025-10-19)
+++ v1 (2026-02-14)
@@ -517,51 +517,51 @@
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Височанської селищної ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(057)7464408</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>szosh-visok@meta.ua</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://vysokiy-school1.edu.kh.ua/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Профатилова Ірина Валеріївна</t>
+          <t>Директор Зражевець Петро Петрович</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">