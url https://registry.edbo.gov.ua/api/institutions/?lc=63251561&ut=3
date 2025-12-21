--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -480,51 +480,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>6325156100</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>смт Буди, Харківський район, Харківська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Пушкіна, 18</t>
+          <t>вулиця Освіти, 18</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA63120190020022059</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Харківський р-н, с-ще Буди</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Південної міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(057)7460976</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">