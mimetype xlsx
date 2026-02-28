--- v1 (2025-12-21)
+++ v2 (2026-02-28)
@@ -517,51 +517,51 @@
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Південної міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(057)7460976</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>budi_lic@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://budy-lyceum.edu.kh.ua/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Зражевець Петро Петрович</t>
+          <t>Директор Шевченко Юлія Анатоліївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
   </sheetData>