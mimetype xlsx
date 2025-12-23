--- v0 (2025-11-03)
+++ v1 (2025-12-23)
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA63120010010021177</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Харківський р-н, с-ще Безлюдівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Безлюдівської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(057)7496115</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>bezl-sc@chip.kharkov.com</t>
+          <t>bezludivkalic@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://bezlyudivka-school2.edu.kh.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Гоменюк Микола Петрович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>