--- v0 (2025-12-23)
+++ v1 (2026-03-23)
@@ -1082,51 +1082,51 @@
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Південної міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(057)7460976</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>budi_lic@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
           <t>http://budy-lyceum.edu.kh.ua/</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Зражевець Петро Петрович</t>
+          <t>Директор Шевченко Юлія Анатоліївна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
@@ -1534,51 +1534,51 @@
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Височанської селищної ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
           <t>(057)7464408</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
           <t>szosh-visok@meta.ua</t>
         </is>
       </c>
       <c r="S12" s="4" t="inlineStr">
         <is>
           <t>http://vysokiy-school1.edu.kh.ua/</t>
         </is>
       </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Профатилова Ірина Валеріївна</t>
+          <t>Директор Зражевець Петро Петрович</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">