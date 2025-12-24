--- v0 (2025-10-31)
+++ v1 (2025-12-24)
@@ -399,56 +399,56 @@
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Чугуївський р-н, с. Мартове</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Печенізької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(057)6563392</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>martova745@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>http://martovazoch.ucoz.ua</t>
+          <t>https://www.martove-liceum.kh.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t> Штанкевська Тетяна Володимирівна</t>
+          <t> Кімнатна Катерина Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>