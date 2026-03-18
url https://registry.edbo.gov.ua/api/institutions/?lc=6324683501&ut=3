--- v1 (2025-12-24)
+++ v2 (2026-03-18)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Печенізької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(057)6563392</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>martova745@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://www.martove-liceum.kh.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t> Кімнатна Катерина Василівна</t>
+          <t>Директор Кімнатна Катерина Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>