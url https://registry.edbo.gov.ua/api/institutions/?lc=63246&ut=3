--- v0 (2025-12-19)
+++ v1 (2026-03-15)
@@ -513,51 +513,51 @@
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Печенізької селищної ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(057)6563392</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>martova745@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>https://www.martove-liceum.kh.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t> Кімнатна Катерина Василівна</t>
+          <t>Директор Кімнатна Катерина Василівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">