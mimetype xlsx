--- v0 (2025-10-22)
+++ v1 (2026-02-14)
@@ -399,51 +399,51 @@
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Лозівський р-н, с. Смирнівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, молоді та спорту Лозівської міської ради Харківської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05745)62-2-19</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>smirnovka-nvk@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>https://smirnivka.e-schools.info</t>
+          <t>https://smirnivka.e-schools.info/news</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Жданей Ольга Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>