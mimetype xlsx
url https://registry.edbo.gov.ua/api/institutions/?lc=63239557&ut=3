--- v0 (2025-10-16)
+++ v1 (2026-02-14)
@@ -399,51 +399,51 @@
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Лозівський р-н, с-ще Орілька</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, молоді та спорту Лозівської міської ради Харківської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05745)66-2-27</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>orilka_school@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>http://orilkash.ucoz.ua/</t>
+          <t>https://sites.google.com/view/orilkash</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Душко Володимир Анатолійович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -507,56 +507,56 @@
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA63100050030074292</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Лозівський р-н, с-ще Орілька</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, молоді та спорту Лозівської міської ради Харківської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(05745)66125</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>Orilka2_sh@ukr.net</t>
+          <t>orilka_school@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
-          <t>http://orilkaucoz.ua</t>
+          <t>http://sites.google.com/view/orilkash</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Душко Володимир Анатолійович</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>