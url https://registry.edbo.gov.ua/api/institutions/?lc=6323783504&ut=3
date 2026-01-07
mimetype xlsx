--- v0 (2025-11-06)
+++ v1 (2026-01-07)
@@ -337,118 +337,110 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Подолянський ліцей Курилівської сільської ради Куп'янського району Харківської області"</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>137700</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>КЗ "Подолянський ліцей Курилівської сільської ради"</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6323783504</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Подоли, Куп'янський район, Харківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 1А</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA63080110090045175</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Куп’янський р-н, с. Подоли</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Курилівської сільської ради Куп'янського району Харківської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(066)2398210</t>
+          <t>(095)9105866</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
-      <c r="R2" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R2" s="4"/>
+      <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Шаповалов Олександр Володимирович</t>
+          <t>Директор Жадановська Тетяна Валентинівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>