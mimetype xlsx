--- v0 (2025-10-17)
+++ v1 (2025-12-15)
@@ -898,227 +898,215 @@
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Кругляківський ліцей Курилівської сільської ради Куп'янського району Харківської області"</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
         <v>137060</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
           <t>КЗ "Кругляківський ліцей Курилівської сільської ради"</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>6323783201</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>с. Кругляківка, Куп'янський район, Харківська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
           <t>провулок Садовий, 3А</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA63080110060024155</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Куп’янський р-н, с. Кругляківка</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Курилівської сільської ради Куп'янського району Харківської області</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(066)9647415</t>
+          <t>(095)9105866</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
-      <c r="R7" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R7" s="4"/>
       <c r="S7" s="4"/>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Ласкін Дмитро Миколайович</t>
+          <t>Директор Жадановська Тетяна Валентинівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Лісностінківський ліцей Курилівської сільської ради Куп'янського району Харківської області"</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
         <v>138319</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
           <t>КЗ "Лісностінківський ліцей Курилівської сільської ради"</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>6323783701</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>с. Лісна Стінка, Куп'янський район, Харківська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>вулиця Дружби, 17</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA63080110070084654</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Куп’янський р-н, с. Лісна Стінка</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Курилівської сільської ради Куп'янського району Харківської області</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(095)9379391</t>
+          <t>(095)9105866</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
-      <c r="R8" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R8" s="4"/>
+      <c r="S8" s="4"/>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Фесенко Лариса Володимирівна</t>
+          <t>Директор Жадановська Тетяна Валентинівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
@@ -1564,118 +1552,110 @@
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Подолянський ліцей Курилівської сільської ради Куп'янського району Харківської області"</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
         <v>137700</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>КЗ "Подолянський ліцей Курилівської сільської ради"</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>6323783504</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>с. Подоли, Куп'янський район, Харківська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 1А</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA63080110090045175</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Куп’янський р-н, с. Подоли</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Курилівської сільської ради Куп'янського району Харківської області</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(066)2398210</t>
+          <t>(095)9105866</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
-      <c r="R13" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R13" s="4"/>
+      <c r="S13" s="4"/>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Шаповалов Олександр Володимирович</t>
+          <t>Директор Жадановська Тетяна Валентинівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
   </sheetData>