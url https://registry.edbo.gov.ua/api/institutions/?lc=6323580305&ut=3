--- v0 (2025-10-16)
+++ v1 (2025-12-07)
@@ -347,51 +347,51 @@
       <c r="B2" s="5" t="n">
         <v>147302</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Дублянський ліцей</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6323580305</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с-ще Дублянка, Краснокутський район, Харківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Заводська, 3</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA63020090540048125</t>