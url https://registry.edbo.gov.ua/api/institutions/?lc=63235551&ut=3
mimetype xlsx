--- v0 (2025-10-24)
+++ v1 (2025-12-16)
@@ -367,51 +367,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6323555100</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Краснокутськ, Краснокутський район, Харківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 154-А</t>
+          <t>вулиця Миру, 154-а</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA63020090010052615</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Богодухівський р-н, с-ще Краснокутськ</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Краснокутської селищної ради Богодухівського району Харківської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05756)3-14-74</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">