--- v0 (2025-10-20)
+++ v1 (2026-02-14)
@@ -367,51 +367,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6323182501</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Мажарка, Кегичівський район, Харківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>провулок Шкільний, 7</t>
+          <t>провулок Шкільний, 8</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA63060030240025732</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Берестинський р-н, с. Мажарка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Кегичівської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(066)4394641</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">