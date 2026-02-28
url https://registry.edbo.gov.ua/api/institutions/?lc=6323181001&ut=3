--- v0 (2025-11-03)
+++ v1 (2026-02-28)
@@ -367,51 +367,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6323181001</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Вовківка, Кегичівський район, Харківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 3</t>
+          <t>вулиця Центральна, 2</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA63060030080094415</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Берестинський р-н, с. Вовківка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Кегичівської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(099)4703018</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">