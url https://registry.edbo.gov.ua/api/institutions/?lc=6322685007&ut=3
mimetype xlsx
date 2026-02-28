--- v0 (2025-11-08)
+++ v1 (2026-02-28)
@@ -367,51 +367,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6322685007</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Рясне, Золочівський район, Харківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 30</t>
+          <t>вулиця Зіновьєва Євгенія, 30</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA63020050470033126</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Богодухівський р-н, с. Рясне</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Золочівської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05764)90632</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">