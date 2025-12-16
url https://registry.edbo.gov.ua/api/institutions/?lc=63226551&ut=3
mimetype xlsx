--- v0 (2025-10-29)
+++ v1 (2025-12-16)
@@ -593,51 +593,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>6322655100</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>смт Золочів, Золочівський район, Харківська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця 1 Травня, 53</t>
+          <t>вулиця Грушевського Михайла, 53</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA63020050010064235</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Богодухівський р-н, с-ще Золочів</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Золочівської селищної ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(05764)50048</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">