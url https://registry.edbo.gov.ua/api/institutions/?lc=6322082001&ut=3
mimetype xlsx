--- v0 (2025-11-03)
+++ v1 (2026-02-28)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Руська Лозова, Дергачівський район, Харківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Андрія Клочка, 74-А</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA63120070260085901</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Харківський р-н, с. Руська Лозова</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Дергачівської міської ради</t>
+          <t>Управління освіти та культури Дергачівської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05763)4-62-66</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>school-lozova@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://rusko-lozivska.school.org.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Подзолкова Тетяна Юріївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>