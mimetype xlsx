--- v0 (2025-12-07)
+++ v1 (2026-02-14)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Козача Лопань, Дергачівський район, Харківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA63120070020018703</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Харківський р-н, с-ще Козача Лопань</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Дергачівської міської ради</t>
+          <t>Управління освіти та культури Дергачівської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05763)56234</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>schoolklopan@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://klopanlyceum.org.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Дударєва Тетяна Анатоліївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>