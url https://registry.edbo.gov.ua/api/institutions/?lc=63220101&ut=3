--- v0 (2025-10-26)
+++ v1 (2026-02-14)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Дергачі, Дергачівський район, Харківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 1У</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA63120070010085847</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Харківський р-н, м. Дергачі</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Дергачівської міської ради</t>
+          <t>Управління освіти та культури Дергачівської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05763)3-30-62</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>nvk-1-dergachi@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Леунова Вікторія Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
@@ -492,51 +492,51 @@
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Дергачі, Дергачівський район, Харківська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Золочівський шлях, 58</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA63120070010085847</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Харківський р-н, м. Дергачі</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Дергачівської міської ради</t>
+          <t>Управління освіти та культури Дергачівської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(05763)31183, (05763)32142</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>Shoolder1@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://d-lyceum1.school.org.ua/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Зєнькова Ніна Олексіївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
@@ -605,51 +605,51 @@
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Дергачі, Дергачівський район, Харківська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Садова, 8</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA63120070010085847</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Харківський р-н, м. Дергачі</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Дергачівської міської ради</t>
+          <t>Управління освіти та культури Дергачівської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(05763)30293</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>2licey@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>https://dergachi2.licey.org.ua</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Гаплєвська Інна Борисівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
@@ -718,51 +718,51 @@
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Дергачі, Дергачівський район, Харківська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця Сумський шлях, 79-В</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA63120070010085847</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Харківський р-н, м. Дергачі</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Дергачівської міської ради</t>
+          <t>Управління освіти та культури Дергачівської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(05763)30141</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>gimnazia_3@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>https://drh3.licey.org.ua</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t>Директор Данилів Вікторія Валентинівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
@@ -831,51 +831,51 @@
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Дергачі, Дергачівський район, Харківська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 11-Є</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA63120070010085847</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Харківський р-н, м. Дергачі</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Дергачівської міської ради</t>
+          <t>Управління освіти та культури Дергачівської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(05763)3-02-56</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>vshkola@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
           <t>https://schoolderg4.org.ua</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>Директор Єфіменко Зорина Олександрівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>