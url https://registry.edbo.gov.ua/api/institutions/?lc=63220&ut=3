--- v0 (2025-12-16)
+++ v1 (2026-03-16)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Безруки, Дергачівський район, Харківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Дружби, 2-А</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA63120070060028317</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Харківський р-н, с. Безруки</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Дергачівської міської ради</t>
+          <t>Управління освіти та культури Дергачівської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05763)61-214</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>schoolbezr@dergachi.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>bezruky.edu.kh.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Безрук Юлія Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
@@ -496,51 +496,51 @@
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>с. Великі Проходи, Дергачівський район, Харківська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Іллінська, 32-А</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA63120070100084991</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Харківський р-н, с. Великі Проходи</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Дергачівської міської ради</t>
+          <t>Управління освіти та культури Дергачівської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(05763)45-234</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>school_prohody@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://prohody.edu.kh.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією - - -</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
@@ -609,51 +609,51 @@
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>с-ще Ветеринарне, Дергачівський район, Харківська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Квіткова, 38</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA63120070360081705</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Харківський р-н, с-ще Ветеринарне</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Дергачівської міської ради</t>
+          <t>Управління освіти та культури Дергачівської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(05763)56225</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>veterynarna@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>vet-school.edu.kh.ua</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Бало Світлана Олександрівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
@@ -831,51 +831,51 @@
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>с. Гоптівка, Дергачівський район, Харківська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 11</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA63120070120011322</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Харківський р-н, с. Гоптівка</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Дергачівської міської ради</t>
+          <t>Управління освіти та культури Дергачівської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(05763)52-2-30</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>schooltok@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
           <t>http://tokarivka.edu.kh.ua</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Ткаченко Віра Григорівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
@@ -1057,51 +1057,51 @@
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Дергачі, Дергачівський район, Харківська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 1У</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA63120070010085847</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Харківський р-н, м. Дергачі</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Дергачівської міської ради</t>
+          <t>Управління освіти та культури Дергачівської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(05763)3-30-62</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>nvk-1-dergachi@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4"/>
       <c r="T8" s="4" t="inlineStr">
         <is>
           <t>Директор Леунова Вікторія Володимирівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
@@ -1166,51 +1166,51 @@
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Дергачі, Дергачівський район, Харківська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
           <t>вулиця Золочівський шлях, 58</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA63120070010085847</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Харківський р-н, м. Дергачі</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Дергачівської міської ради</t>
+          <t>Управління освіти та культури Дергачівської міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(05763)31183, (05763)32142</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>Shoolder1@ukr.net</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
           <t>http://d-lyceum1.school.org.ua/</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
           <t>Директор Зєнькова Ніна Олексіївна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
@@ -1279,51 +1279,51 @@
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Дергачі, Дергачівський район, Харківська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
           <t>вулиця Садова, 8</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA63120070010085847</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Харківський р-н, м. Дергачі</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Дергачівської міської ради</t>
+          <t>Управління освіти та культури Дергачівської міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>(05763)30293</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
           <t>2licey@ukr.net</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
           <t>https://dergachi2.licey.org.ua</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
           <t>Директор Гаплєвська Інна Борисівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
@@ -1392,51 +1392,51 @@
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Дергачі, Дергачівський район, Харківська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
           <t>вулиця Сумський шлях, 79-В</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA63120070010085847</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Харківський р-н, м. Дергачі</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Дергачівської міської ради</t>
+          <t>Управління освіти та культури Дергачівської міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
           <t>(05763)30141</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
           <t>gimnazia_3@ukr.net</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
           <t>https://drh3.licey.org.ua</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
           <t>Директор Данилів Вікторія Валентинівна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
@@ -1505,51 +1505,51 @@
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Дергачі, Дергачівський район, Харківська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 11-Є</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA63120070010085847</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Харківський р-н, м. Дергачі</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Дергачівської міської ради</t>
+          <t>Управління освіти та культури Дергачівської міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
           <t>(05763)3-02-56</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
           <t>vshkola@ukr.net</t>
         </is>
       </c>
       <c r="S12" s="4" t="inlineStr">
         <is>
           <t>https://schoolderg4.org.ua</t>
         </is>
       </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
           <t>Директор Єфіменко Зорина Олександрівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
@@ -1618,51 +1618,51 @@
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>смт Козача Лопань, Дергачівський район, Харківська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA63120070020018703</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Харківський р-н, с-ще Козача Лопань</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Дергачівської міської ради</t>
+          <t>Управління освіти та культури Дергачівської міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(05763)56234</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
           <t>schoolklopan@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
           <t>https://klopanlyceum.org.ua</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
           <t>Директор Дударєва Тетяна Анатоліївна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
@@ -2292,72 +2292,72 @@
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>смт Прудянка, Дергачівський район, Харківська область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
           <t>площа Слов'янська, 3</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
           <t>UA63120070030026955</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Харківський р-н, с-ще Прудянка</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Дергачівської міської ради</t>
+          <t>Управління освіти та культури Дергачівської міської ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
           <t>(05763)51-330</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
           <t>schoolprud@ukr.net</t>
         </is>
       </c>
       <c r="S19" s="4" t="inlineStr">
         <is>
           <t>https://prud.licey.org.ua</t>
         </is>
       </c>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Директор Оробченко Олена Миколаївна</t>
+          <t>В.о. директора Гресь Наталя Олександрівна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
@@ -2405,51 +2405,51 @@
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>с. Руська Лозова, Дергачівський район, Харківська область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
           <t>вулиця Андрія Клочка, 74-А</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
           <t>UA63120070260085901</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Харківський р-н, с. Руська Лозова</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Дергачівської міської ради</t>
+          <t>Управління освіти та культури Дергачівської міської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
           <t>(05763)4-62-66</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
           <t>school-lozova@ukr.net</t>
         </is>
       </c>
       <c r="S20" s="4" t="inlineStr">
         <is>
           <t>https://rusko-lozivska.school.org.ua</t>
         </is>
       </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
           <t>Директор Подзолкова Тетяна Юріївна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
@@ -2518,51 +2518,51 @@
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
           <t>смт Слатине, Дергачівський район, Харківська область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 17"Л"</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
           <t>UA63120070040082749</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Харківський р-н, с-ще Слатине</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Дергачівської міської ради</t>
+          <t>Управління освіти та культури Дергачівської міської ради</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
           <t>(05763)41-294</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
           <t>schoolslatino@ukr.net</t>
         </is>
       </c>
       <c r="S21" s="4" t="inlineStr">
         <is>
           <t>https://schoolslatino.vn.ua</t>
         </is>
       </c>
       <c r="T21" s="4" t="inlineStr">
         <is>
           <t>Директор Скрипка Наталія Василівна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
@@ -3079,51 +3079,51 @@
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
           <t>с. Цупівка, Дергачівський район, Харківська область</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
           <t>UA63120070310038822</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Харківський р-н, с. Цупівка</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Дергачівської міської ради</t>
+          <t>Управління освіти та культури Дергачівської міської ради</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
           <t>(05763)62252</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
           <t>cupovka-zsh@ukr.net</t>
         </is>
       </c>
       <c r="S26" s="4" t="inlineStr">
         <is>
           <t>http://cupovka.edu.kh.ua</t>
         </is>
       </c>
       <c r="T26" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією - - -</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>