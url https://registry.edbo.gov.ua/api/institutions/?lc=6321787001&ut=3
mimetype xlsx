--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -319,51 +319,51 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Шелудьківський ліцей" Слобожанської селищної ради Чугуївського району Харківської області</t>
+          <t>Комунальний заклад "Шелудьківський ліцей" Слобожанської міської ради Чугуївського району Харківської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>139431</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>КЗ "Шелудьківський ліцей"</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Шелудьківка, Зміївський район, Харківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 67-Г</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA63140110140099552</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Чугуївський р-н, с. Шелудьківка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Слобожанської селищної ради Чугуївського району Харківської області</t>
+          <t>Відділ освіти Слобожанської міської ради Чугуївського району Харківської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(057)4776-572,(057)4776-583</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>sheludsch@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://shelud1.klasna.com</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Кухлєєва Катерина Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>