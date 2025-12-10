--- v0 (2025-10-16)
+++ v1 (2025-12-10)
@@ -319,51 +319,51 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Геніївська загальноосвітня школа І-ІІ ступенів" Слобожанської селищної ради Чугуївського району Харківської області</t>
+          <t>Комунальний заклад "Геніївська загальноосвітня школа І-ІІ ступенів" Слобожанської міської ради Чугуївського району Харківської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>139504</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>КЗ "Геніївська ЗОШ І-ІІ ст."</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
@@ -432,51 +432,51 @@
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Геніївська загальноосвітня школа І-ІІІ ступенів" Слобожанської селищної ради Чугуївського району Харківської області</t>
+          <t>Комунальний заклад "Геніївська загальноосвітня школа І-ІІІ ступенів" Слобожанської міської ради Чугуївського району Харківської області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>139499</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>КЗ "Геніївська ЗОШ I-III cт."</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>