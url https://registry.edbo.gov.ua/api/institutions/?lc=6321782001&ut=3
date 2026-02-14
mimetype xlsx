--- v1 (2025-12-10)
+++ v2 (2026-02-14)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Геніївка, Зміївський район, Харківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Благодатна, 2</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA63140110030074840</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Чугуївський р-н, с. Геніївка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Слобожанської селищної ради Чугуївського району Харківської області</t>
+          <t>Відділ освіти Слобожанської міської ради Чугуївського району Харківської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(057)4776-3-81</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>giney2_sch@i.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://giney2sch.wixsite.com/giney2school</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Павлова Валентина Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
@@ -496,51 +496,51 @@
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>с. Геніївка, Зміївський район, Харківська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Молодіжна, 2-А</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA63140110030074840</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Чугуївський р-н, с. Геніївка</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Слобожанської селищної ради Чугуївського району Харківської області</t>
+          <t>Відділ освіти Слобожанської міської ради Чугуївського району Харківської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(057)4776293</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>giney3_sch@i.ua</t>
         </is>
       </c>
       <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Білик Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">