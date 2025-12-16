--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -319,51 +319,51 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Шебелинська загальноосвітня школа І-ІІІ ступенів" Слобожанської селищної ради Чугуївського району Харківської області</t>
+          <t>Комунальний заклад "Шебелинська загальноосвітня школа І-ІІІ ступенів" Слобожанської міської ради Чугуївського району Харківської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>139453</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>КЗ "Шебелинська ЗОШ І-ІІІ ст."</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с-ще Донець, Зміївський район, Харківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Садова, 1-А</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA63140110160057693</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Чугуївський р-н, с-ще Донець</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Слобожанської селищної ради Чугуївського району Харківської області</t>
+          <t>Відділ освіти Слобожанської міської ради Чугуївського району Харківської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05747)72-2-49</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>shebelin_sch@i.ua</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Кріль Наталія Вікторівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">