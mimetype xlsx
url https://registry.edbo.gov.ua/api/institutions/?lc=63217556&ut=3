--- v0 (2025-10-23)
+++ v1 (2026-02-14)
@@ -319,51 +319,51 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Слобожанський ліцей № 2" Слобожанської селищної ради Чугуївського району Харківської області</t>
+          <t>Комунальний заклад "Слобожанський ліцей № 2" Слобожанської міської ради Чугуївського району Харківської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>140552</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>КЗ "Слобожанський ліцей №2"</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -383,96 +383,96 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Слобожанське, Зміївський район, Харківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Спортивна, 1</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA63140110010076882</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Чугуївський р-н, с-ще Слобожанське</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Слобожанської селищної ради Чугуївського району Харківської області</t>
+          <t>Відділ освіти Слобожанської міської ради Чугуївського району Харківської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(057)4752273</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>gimnaziya_ksm@i.ua</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Фомченкова Олена Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Слобожанський ліцей №1" Слобожанської селищної ради Чугуївського району Харківської області</t>
+          <t>Комунальний заклад "Слобожанський ліцей №1" Слобожанської міської ради Чугуївського району Харківської області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>140551</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>КЗ "Слобожанський ліцей № 1"</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -492,51 +492,51 @@
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>смт Слобожанське, Зміївський район, Харківська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Сергія Закори, 28</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA63140110010076882</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Чугуївський р-н, с-ще Слобожанське</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Слобожанської селищної ради Чугуївського району Харківської області</t>
+          <t>Відділ освіти Слобожанської міської ради Чугуївського району Харківської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(05747)5-32-90</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>licey1_ksm@i.ua</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://www.licey1.pp.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Васильєва Тетяна Григорівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>