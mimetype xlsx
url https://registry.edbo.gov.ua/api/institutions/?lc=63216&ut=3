--- v0 (2025-11-04)
+++ v1 (2026-03-14)
@@ -781,51 +781,51 @@
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Вовчанська гімназія №6 Вовчанської міської ради Чугуївського району Харківської області"</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>137833</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
           <t>КЗ "Вовчанська гімназія №6"</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>6321610100</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Вовчанськ, Вовчанський район, Харківська область</t>
@@ -2222,51 +2222,51 @@
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Новоолександрівський ліцей Вовчанської міської ради Чугуївського району Харківської області"</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
         <v>137756</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>КЗ "Новоолександрівський ліцей"</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
           <t>6321684801</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>с. Новоолександрівка, Вовчанський район, Харківська область</t>
@@ -3110,51 +3110,51 @@
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Юрченківський ліцей Вовчанської міської ради Чугуївського району Харківської області"</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
         <v>137451</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>КЗ "Юрченківський ліцей"</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
           <t>6321689601</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
           <t>с. Юрченкове, Вовчанський район, Харківська область</t>