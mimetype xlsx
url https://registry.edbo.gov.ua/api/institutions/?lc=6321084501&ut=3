--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -337,97 +337,97 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Чернещинський навчально-виховний комплекс "Загальноосвітня школа І-ІІІ ступенів - дошкільний навчальний заклад" Борівської селищної ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>139545</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Чернещинський НВК БСР</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6321084501</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Чернещина, Борівський район, Харківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 7</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA63040050350068101</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Ізюмський р-н, с. Чернещина</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Борівської районної державної адміністрації Харківської області</t>
+          <t>Відділ з питань гуманітарної політики (освіта, культура, туризм, молоді та спорту) Борівської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(095)501-84-83</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>cher-nvk1@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>cherneshcyna-nv.at.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Сало Олена Євгенівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>