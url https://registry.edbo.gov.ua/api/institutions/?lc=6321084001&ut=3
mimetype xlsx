--- v0 (2025-10-21)
+++ v1 (2026-02-28)
@@ -319,115 +319,115 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Підлиманська загальноосвітня школа І-ІІ ступенів - філія Окружного опорного закладу "Борівська загальноосвітня школа І-ІІІ ступенів №1 імені Героя Радянського Союзу В.С. Колісника Борівської селищної ради"</t>
+          <t>Підлиманська гімназія з початковою школою - філія Опорного закладу "Борівський ліцей (із внутрішніми структурними підрозділами та філіями)" Борівської селищної ради Ізюмського району Харківської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>141399</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Підлиманська ЗОШ І-ІІ ступенів - філія ООЗ "Борівська ЗОШ І-ІІІ ст. №1 імені Героя Радянського Союзу В.С. Колісника Борівської селищної ради"</t>
+          <t>Підлиманська гімназія - філія ОЗ "Борівський ліцей" БСР</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6321084001</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Підлиман, Борівський район, Харківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кузнецова, 79-а</t>
+          <t>вулиця Валентина Хорса, 79-а</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA63040050310069107</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Ізюмський р-н, с. Підлиман</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Борівської районної державної адміністрації Харківської області</t>
+          <t>Відділ з питань гуманітарної політики (освіта, культура, туризм, молоді та спорту) Борівської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05759)63705</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>podliman.school@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Шокало Юлія Олексіївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">