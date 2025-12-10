--- v0 (2025-10-16)
+++ v1 (2025-12-10)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ з питань гуманітарної політики (освіта, культура, туризм, молоді та спорту) Борівської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(099)666-45-54</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>padvisoke@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://padvisoke.wix.com/school</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Волчкова Олена Олександрівна</t>
+          <t>Директор Матвієнко Василь Васильович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>