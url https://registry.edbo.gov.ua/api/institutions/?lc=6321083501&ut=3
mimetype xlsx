--- v1 (2025-12-10)
+++ v2 (2026-03-14)
@@ -388,51 +388,51 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Запорожченка, 21-а</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA63040050300079200</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Ізюмський р-н, с. Підвисоке</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ з питань гуманітарної політики (освіта, культура, туризм, молоді та спорту) Борівської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(099)666-45-54</t>
+          <t>(066)446-84-66</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>padvisoke@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://padvisoke.wix.com/school</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Матвієнко Василь Васильович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>